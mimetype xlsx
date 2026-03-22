--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -51,405 +51,405 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/14/requerimento_no_001-2020_-_solicita_deliberacao_em_primeira_discussao_e_votacao_urgente.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/14/requerimento_no_001-2020_-_solicita_deliberacao_em_primeira_discussao_e_votacao_urgente.pdf</t>
   </si>
   <si>
     <t>REQUE do soberano Plenário nos termos regimentais, que o Projeto de Resolução n°01/2020 que altera dispositivos do Regimento Interno da Câmara Municipal.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/15/requerimento_no_002-2020_-_realizacao_de_sessao_solene.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/15/requerimento_no_002-2020_-_realizacao_de_sessao_solene.pdf</t>
   </si>
   <si>
     <t>Realização de uma sessão solene destinada exclusivamente para homenagear os Estudantes e Professores da Escola João Vilar da Cunha.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/16/requerimento_no_003-2020_-_solicita_que_seja_aprazada_para_data_oportuna_a_realizacao_da_sessao_itinerante_da_comunidade_rural.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/16/requerimento_no_003-2020_-_solicita_que_seja_aprazada_para_data_oportuna_a_realizacao_da_sessao_itinerante_da_comunidade_rural.pdf</t>
   </si>
   <si>
     <t>Que seja aprazada para data oportuna, a realização de uma sessão itinerante na comunidade rural Tuiuiú e outra na comunidade rural São Bento.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/17/requerimento_no_004-2020_-_solicita_que_seja_designado_uma_equipe_de_fiscalizacao_tecnica_do_der-rn.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/17/requerimento_no_004-2020_-_solicita_que_seja_designado_uma_equipe_de_fiscalizacao_tecnica_do_der-rn.pdf</t>
   </si>
   <si>
     <t>Diretor Geral do Departamento de Estradas de Rodagens do Rio Grande do Norte (DER/RN) - Sr. Manoel Marques Dantas.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Caio</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/416/requerimento_no_005-2020_-_disponibilidade_da_plantaforma.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/416/requerimento_no_005-2020_-_disponibilidade_da_plantaforma.pdf</t>
   </si>
   <si>
     <t>Disponibilização da plataforma elevada de observação da policia militar do Rio Grande do Norte para o município de Santana do Seridó, durante as festividades do 24° Santo Antônio do Povo.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Ivan</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/417/requerimento_no_006-2020_-_solicita_ao_poder_judiciario_e_policia_militar_adotem_medidas_cabiveis_junto_ao_governo_do_estad.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/417/requerimento_no_006-2020_-_solicita_ao_poder_judiciario_e_policia_militar_adotem_medidas_cabiveis_junto_ao_governo_do_estad.pdf</t>
   </si>
   <si>
     <t>Ao poder Judiciário e Ministério Público da Comarca de Parelhas, através de seus representantes, adotem medidas cabíveis junto ao Governo do Estado através de seus órgãos de segurança pelo destacamento de policia Militar de Santana do Seridó em deslocar diariamente a partir de 21:00 horas ao município de Parelhas.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/418/requerimento_no_007-2020_-_solicita_ao_governo_do_estado_que_os_policiais_nao_sejam_deslocados_para_a_cidade_de_parelhas.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/418/requerimento_no_007-2020_-_solicita_ao_governo_do_estado_que_os_policiais_nao_sejam_deslocados_para_a_cidade_de_parelhas.pdf</t>
   </si>
   <si>
     <t>Que os policiais do Destacamento de Santana do Seridó não sejam mais deslocados para a cidade de Parelhas a partir de 21:00 horas.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Que a Secretaria Municipal disponibilize para a população Santanense, os meios de acesso para a obtenção da carteira de trabalho através do sistema digital.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Bruno</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/420/requerimento_no_009-2020_-_solicita_uma_campanha_educacional_sobre_o_corona_virus.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/420/requerimento_no_009-2020_-_solicita_uma_campanha_educacional_sobre_o_corona_virus.pdf</t>
   </si>
   <si>
     <t>Que a Secretaria Municipal de Saúde viabilize a realização de uma campanha educativa forte com abordagem sobre o coronavírus, seja através de palestras ou pelos meios de comunicação.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/421/requerimento_no_010-2020_-_solicita_dispensa_do_tramite_regimetais_e_de_parecer.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/421/requerimento_no_010-2020_-_solicita_dispensa_do_tramite_regimetais_e_de_parecer.pdf</t>
   </si>
   <si>
     <t>Atualização/reajuste os salários dos Servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/422/requerimento_no_011-2020_-_solicita_servico_de_reforma-recuperacao_na_lavanderia_publica.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/422/requerimento_no_011-2020_-_solicita_servico_de_reforma-recuperacao_na_lavanderia_publica.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal providencie com certa brevidade, o serviço de reforma/recuperação na lavanderia pública da comunidade Lajinha.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/423/requerimento_no_012-2020_-_solicita_colocacao_de_bueiros_em_pontos_estrategicos_na_estrada_que_interliga_sede_do_municipio.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/423/requerimento_no_012-2020_-_solicita_colocacao_de_bueiros_em_pontos_estrategicos_na_estrada_que_interliga_sede_do_municipio.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal providencie com certa brevidade a colocação de bueiros em pontos estratégicos na estrada que interliga a sede do município de Santana do Seridó com a comunidade rural São Bento.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Juarez</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/424/requerimento_no_013-2020_-_solicita_providencias_no_sentido_de_ser_feita_expansao_da_rede_de_energia_elegtrica.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/424/requerimento_no_013-2020_-_solicita_providencias_no_sentido_de_ser_feita_expansao_da_rede_de_energia_elegtrica.pdf</t>
   </si>
   <si>
     <t>Que seja viabilidade providencias, no sentido de ser feita a expansão da rede de energia elétrica na Rua João Valdevino de Azevedo.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/425/requerimento_no_014-2020_-_solicita_perfurar_e_instalar_pocos_com_medicao_de_vazao.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/425/requerimento_no_014-2020_-_solicita_perfurar_e_instalar_pocos_com_medicao_de_vazao.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada providencias do Governo de Estado através da SEMARH, no sentido de perfurar e instalar poços em localidades estratégicas da zona rural do município.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/428/requerimento_no_015-2020_-_solicita_providencias_no_sentido_de_realizat_as_seguintes_acoes-melhorias.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/428/requerimento_no_015-2020_-_solicita_providencias_no_sentido_de_realizat_as_seguintes_acoes-melhorias.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada providencias no sentido de realizar as ações e melhorias na rua Manoel Justino de Medeiros.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/429/requerimento_no_016-2020_-_solicita_ter_conhecimento_de_que_a_bancada_federal_do_rn_alocou_emendas_ao_governo_estadual.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/429/requerimento_no_016-2020_-_solicita_ter_conhecimento_de_que_a_bancada_federal_do_rn_alocou_emendas_ao_governo_estadual.pdf</t>
   </si>
   <si>
     <t>Viabilizar a destinação de um ônibus escolar para o município de Santana do Seridó.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/430/requerimento_no_017-2020_-_solicita_aquisicao_de_equipamentos_de_academia_ao_ar_livre.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/430/requerimento_no_017-2020_-_solicita_aquisicao_de_equipamentos_de_academia_ao_ar_livre.pdf</t>
   </si>
   <si>
     <t>Viabilizada a aquisição de equipamentos de academia ao ar livre na praça Levi Morais.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/431/requerimento_no_018-2020_-_solicita_sugerindo_como_local_para_construcao_um_terreno.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/431/requerimento_no_018-2020_-_solicita_sugerindo_como_local_para_construcao_um_terreno.pdf</t>
   </si>
   <si>
     <t>Viabiliza a destinação de recursos para a construção de uma praça na cidade de Santana do Seridó nas ruas adjacentes próximo ao Hospital Municipal.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/432/requerimento_no_019-2020_-_solicita_providencias_para_o_destacamento_da_policia_militar_de_santana_do_serido.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/432/requerimento_no_019-2020_-_solicita_providencias_para_o_destacamento_da_policia_militar_de_santana_do_serido.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada providencias para o destacamento de policia de Santana do Seridó.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/433/requerimento_no_020-2020_-_solicita_recuperacao_da_passagem_molhada_sobre_o_rio_sao_bento.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/433/requerimento_no_020-2020_-_solicita_recuperacao_da_passagem_molhada_sobre_o_rio_sao_bento.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada com brevidade o serviço de recuperação da passagem molhada sobre o Rio São Bento.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/434/requerimento_no_021-2020_-_solicita_urbanizacao_do_acesso_para_a_estrada_rn-081.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/434/requerimento_no_021-2020_-_solicita_urbanizacao_do_acesso_para_a_estrada_rn-081.pdf</t>
   </si>
   <si>
     <t>Requer providências da Administração Municipal, para que seja realizado o serviço de urbanização do acesso para a estrada RN-081.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/435/requerimento_no_022-2020_-_instalacao_de_academia_popular.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/435/requerimento_no_022-2020_-_instalacao_de_academia_popular.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada providencias, para a consecução de recursos destinados para a instalação da academia popular na comunidade São Bento.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Vicente</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/436/requerimento_no_023-2020_-_solicita_roco_das_margens_da_rn_086.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/436/requerimento_no_023-2020_-_solicita_roco_das_margens_da_rn_086.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada serviços de roço na margens da estrada RN-086 no trecho entre o município de Parelhas até a "Ligação", como também a RN-081.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/437/requerimento_no_024-2020_-_solicita_nome_de_rua_jose_antonio_de_morais.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/437/requerimento_no_024-2020_-_solicita_nome_de_rua_jose_antonio_de_morais.pdf</t>
   </si>
   <si>
     <t>Requer do plenário nos termos regimentais que o Projeto de Lei de sua autoria sob n°003/2020, que autoriza a denominação de rua com o nome de José Antônio de Morais.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/438/requerimento_no_025-2020_-_solicita_construcao_de_uma_lombada_em_todas_as_ruas.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/438/requerimento_no_025-2020_-_solicita_construcao_de_uma_lombada_em_todas_as_ruas.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada  a construção de uma lombada em todas as ruas Sebastião Justino de Medeiros.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/439/requerimento_no_026-2020_-_solicita_deslocamento_dos_postes_de_iluminacao_publica.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/439/requerimento_no_026-2020_-_solicita_deslocamento_dos_postes_de_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal viabilize o deslocamento dos postes de iluminação pública da Rua João Santino de Lima.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/440/requerimento_no_027-2020_-_solicita_construcao_de_rede_de_esgoto.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/440/requerimento_no_027-2020_-_solicita_construcao_de_rede_de_esgoto.pdf</t>
   </si>
   <si>
     <t>Providenciar da CAERN a construção da rede de esgoto da Rua Manoel Justino de Medeiros.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Elvis</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/443/requerimento_no_028-2020_-_solicita_designe_medico_veterianrio.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/443/requerimento_no_028-2020_-_solicita_designe_medico_veterianrio.pdf</t>
   </si>
   <si>
     <t>Que a Secretaria Municipal de Saúde realize o trabalho de castração de animais de pequeno porte.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/447/requerimento_no_029-2020_-_providencias_com_relacao_a_rn_081.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/447/requerimento_no_029-2020_-_providencias_com_relacao_a_rn_081.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada providências em caráter de urgência o reparo da boeira que deságua no barreiro de Laércio, como é popularmente conhecido.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/449/requerimento_no_030-2020_-_solicita_aquisicao_de_cameras_de_seguranca_1.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/449/requerimento_no_030-2020_-_solicita_aquisicao_de_cameras_de_seguranca_1.pdf</t>
   </si>
   <si>
     <t>Que o dinheiro devolvido pela a Câmara Municipal seja utilizado na aquisição de câmera de segurança, na entrada e saída da cidade e seja feito um convenio/parceria com a policia militar para ser feito uma sala de monitoramento, implantando o sistema de vigilância/segurança.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -756,68 +756,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/14/requerimento_no_001-2020_-_solicita_deliberacao_em_primeira_discussao_e_votacao_urgente.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/15/requerimento_no_002-2020_-_realizacao_de_sessao_solene.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/16/requerimento_no_003-2020_-_solicita_que_seja_aprazada_para_data_oportuna_a_realizacao_da_sessao_itinerante_da_comunidade_rural.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/17/requerimento_no_004-2020_-_solicita_que_seja_designado_uma_equipe_de_fiscalizacao_tecnica_do_der-rn.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/416/requerimento_no_005-2020_-_disponibilidade_da_plantaforma.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/417/requerimento_no_006-2020_-_solicita_ao_poder_judiciario_e_policia_militar_adotem_medidas_cabiveis_junto_ao_governo_do_estad.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/418/requerimento_no_007-2020_-_solicita_ao_governo_do_estado_que_os_policiais_nao_sejam_deslocados_para_a_cidade_de_parelhas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/420/requerimento_no_009-2020_-_solicita_uma_campanha_educacional_sobre_o_corona_virus.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/421/requerimento_no_010-2020_-_solicita_dispensa_do_tramite_regimetais_e_de_parecer.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/422/requerimento_no_011-2020_-_solicita_servico_de_reforma-recuperacao_na_lavanderia_publica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/423/requerimento_no_012-2020_-_solicita_colocacao_de_bueiros_em_pontos_estrategicos_na_estrada_que_interliga_sede_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/424/requerimento_no_013-2020_-_solicita_providencias_no_sentido_de_ser_feita_expansao_da_rede_de_energia_elegtrica.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/425/requerimento_no_014-2020_-_solicita_perfurar_e_instalar_pocos_com_medicao_de_vazao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/428/requerimento_no_015-2020_-_solicita_providencias_no_sentido_de_realizat_as_seguintes_acoes-melhorias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/429/requerimento_no_016-2020_-_solicita_ter_conhecimento_de_que_a_bancada_federal_do_rn_alocou_emendas_ao_governo_estadual.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/430/requerimento_no_017-2020_-_solicita_aquisicao_de_equipamentos_de_academia_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/431/requerimento_no_018-2020_-_solicita_sugerindo_como_local_para_construcao_um_terreno.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/432/requerimento_no_019-2020_-_solicita_providencias_para_o_destacamento_da_policia_militar_de_santana_do_serido.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/433/requerimento_no_020-2020_-_solicita_recuperacao_da_passagem_molhada_sobre_o_rio_sao_bento.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/434/requerimento_no_021-2020_-_solicita_urbanizacao_do_acesso_para_a_estrada_rn-081.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/435/requerimento_no_022-2020_-_instalacao_de_academia_popular.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/436/requerimento_no_023-2020_-_solicita_roco_das_margens_da_rn_086.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/437/requerimento_no_024-2020_-_solicita_nome_de_rua_jose_antonio_de_morais.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/438/requerimento_no_025-2020_-_solicita_construcao_de_uma_lombada_em_todas_as_ruas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/439/requerimento_no_026-2020_-_solicita_deslocamento_dos_postes_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/440/requerimento_no_027-2020_-_solicita_construcao_de_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/443/requerimento_no_028-2020_-_solicita_designe_medico_veterianrio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/447/requerimento_no_029-2020_-_providencias_com_relacao_a_rn_081.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/449/requerimento_no_030-2020_-_solicita_aquisicao_de_cameras_de_seguranca_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/14/requerimento_no_001-2020_-_solicita_deliberacao_em_primeira_discussao_e_votacao_urgente.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/15/requerimento_no_002-2020_-_realizacao_de_sessao_solene.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/16/requerimento_no_003-2020_-_solicita_que_seja_aprazada_para_data_oportuna_a_realizacao_da_sessao_itinerante_da_comunidade_rural.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/17/requerimento_no_004-2020_-_solicita_que_seja_designado_uma_equipe_de_fiscalizacao_tecnica_do_der-rn.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/416/requerimento_no_005-2020_-_disponibilidade_da_plantaforma.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/417/requerimento_no_006-2020_-_solicita_ao_poder_judiciario_e_policia_militar_adotem_medidas_cabiveis_junto_ao_governo_do_estad.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/418/requerimento_no_007-2020_-_solicita_ao_governo_do_estado_que_os_policiais_nao_sejam_deslocados_para_a_cidade_de_parelhas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/420/requerimento_no_009-2020_-_solicita_uma_campanha_educacional_sobre_o_corona_virus.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/421/requerimento_no_010-2020_-_solicita_dispensa_do_tramite_regimetais_e_de_parecer.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/422/requerimento_no_011-2020_-_solicita_servico_de_reforma-recuperacao_na_lavanderia_publica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/423/requerimento_no_012-2020_-_solicita_colocacao_de_bueiros_em_pontos_estrategicos_na_estrada_que_interliga_sede_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/424/requerimento_no_013-2020_-_solicita_providencias_no_sentido_de_ser_feita_expansao_da_rede_de_energia_elegtrica.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/425/requerimento_no_014-2020_-_solicita_perfurar_e_instalar_pocos_com_medicao_de_vazao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/428/requerimento_no_015-2020_-_solicita_providencias_no_sentido_de_realizat_as_seguintes_acoes-melhorias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/429/requerimento_no_016-2020_-_solicita_ter_conhecimento_de_que_a_bancada_federal_do_rn_alocou_emendas_ao_governo_estadual.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/430/requerimento_no_017-2020_-_solicita_aquisicao_de_equipamentos_de_academia_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/431/requerimento_no_018-2020_-_solicita_sugerindo_como_local_para_construcao_um_terreno.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/432/requerimento_no_019-2020_-_solicita_providencias_para_o_destacamento_da_policia_militar_de_santana_do_serido.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/433/requerimento_no_020-2020_-_solicita_recuperacao_da_passagem_molhada_sobre_o_rio_sao_bento.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/434/requerimento_no_021-2020_-_solicita_urbanizacao_do_acesso_para_a_estrada_rn-081.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/435/requerimento_no_022-2020_-_instalacao_de_academia_popular.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/436/requerimento_no_023-2020_-_solicita_roco_das_margens_da_rn_086.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/437/requerimento_no_024-2020_-_solicita_nome_de_rua_jose_antonio_de_morais.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/438/requerimento_no_025-2020_-_solicita_construcao_de_uma_lombada_em_todas_as_ruas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/439/requerimento_no_026-2020_-_solicita_deslocamento_dos_postes_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/440/requerimento_no_027-2020_-_solicita_construcao_de_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/443/requerimento_no_028-2020_-_solicita_designe_medico_veterianrio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/447/requerimento_no_029-2020_-_providencias_com_relacao_a_rn_081.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2020/449/requerimento_no_030-2020_-_solicita_aquisicao_de_cameras_de_seguranca_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="203" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="202.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>