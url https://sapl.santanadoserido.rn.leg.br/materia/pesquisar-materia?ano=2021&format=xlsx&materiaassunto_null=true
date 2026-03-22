--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -54,2082 +54,2082 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Juarez, Ricardo de Zeca</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/709/6._decreto_legislativo_-_resultado.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/709/6._decreto_legislativo_-_resultado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS CONTAS DO MUNICIPÍO DE SANTANA DO SERIDÓ RELATIVAS AO EXERCÍCIO DE 2013, OBJETO DO PARECER _x000D_
 PRÉVIO DO TCE/RN CONSTANTE DO PROCESSO Nº 005784/2014-TC.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/8/requerimento_no_001-2021_-_solicita_servico_de_reforma_na_lavanderia_publica_da_comunidade_lajinha.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/8/requerimento_no_001-2021_-_solicita_servico_de_reforma_na_lavanderia_publica_da_comunidade_lajinha.pdf</t>
   </si>
   <si>
     <t>Que a administração municipal providencie com certa brevidade, o serviço de reforma/recuperação na lavanderia publica da comunidade lajinha.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_no_002-2021_-_solicita_funcionamento_do_posto_medico_da_comunidade_rural_verdes.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_no_002-2021_-_solicita_funcionamento_do_posto_medico_da_comunidade_rural_verdes.pdf</t>
   </si>
   <si>
     <t>que administração municipal viabilize providencias no sentido de reabrir o funcionamento do posto médico da comunidade rural "verdes".</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_no_003-2021_-_solicita_reposicao_de_luminarias_nos_postes_da_academia_levi_morais.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_no_003-2021_-_solicita_reposicao_de_luminarias_nos_postes_da_academia_levi_morais.pdf</t>
   </si>
   <si>
     <t>que administração municipal através do setor competente, providencie com certa brevidade e reposição de luminárias nos postes da academia Levi Morais.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_no_005-2021_-_solicita_servico_de_mata_burros_localizado_na_comunidade_saco_da_cruz.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_no_005-2021_-_solicita_servico_de_mata_burros_localizado_na_comunidade_saco_da_cruz.pdf</t>
   </si>
   <si>
     <t>que administração municipal, através de seu órgão competente, providencie com certa brevidade o serviço de conserto/restauração do mata-burro localizado na comunidade Saco da cruz, que fica defronte ao sitio do conhecido Joaci.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_no_006-2021_-_solicita_que_a_secretaria_de_obras_adote_no_almoxarifado_um_estoque_reserva_de_material_eletrico.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_no_006-2021_-_solicita_que_a_secretaria_de_obras_adote_no_almoxarifado_um_estoque_reserva_de_material_eletrico.pdf</t>
   </si>
   <si>
     <t>que administração municipal através da secretaria municipal de obras/infraestrutura, adote no almoxarifado um estoque/reserva de matérias elétricos destinados para a reposição/manutenção da iluminação publica do município quando necessário.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Caio</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/119/requerimento_no_007-2021_-_solicita_a_arbonizacao_nos_canteiros_da_praca_e_demais_espacos_publicos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/119/requerimento_no_007-2021_-_solicita_a_arbonizacao_nos_canteiros_da_praca_e_demais_espacos_publicos.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, através da Secretaria Municipal de Agricultura, providencie a arborização nos canteiros. praças e demais espaços e vias públicas da cidade, onde sugerimos que as árvores a serem utilizadas sejam as que tenham copas/folhagens densas e frondosas que ira proporcionar sombra, resfriamento da temperatura, melhora a umidade e qualidade do ar, dentre outros fatores benéficos.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Paulinha</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento_no_008-202_-_solicitarecuperancao_da_parede_do_acude_mais_conhecimento_como_acude_da_emergencia.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento_no_008-202_-_solicitarecuperancao_da_parede_do_acude_mais_conhecimento_como_acude_da_emergencia.pdf</t>
   </si>
   <si>
     <t>Requer providencias do Governo Municipal, através da Secretaria competente que seja realizado um serviço de desoreamento e recuperação da parede do açude mas conhecido como Açude da Emergência situada na comunidade Tuiuiú.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Flávio</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Que a Administração Municipal viabilize as providencias cabíveis e necessárias, no sentido de que seja feito o serviço de melhoramento/restauração no prédio da Creche Municipal Cremeilda Dantas, notadamente quanto ao emboço/reboco das paredes da murada, pintura do prédio e forro de gesso nas salas de aula, com vistas a proporcionar melhores condições de uso para as crianças que ali estudam.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Que seja viabilizada a apresentação de uma emenda parlamentar no orçamento Estadual, destinando recursos para a construção de uma quadra de esportes na Escola Estadual João Vilar da Cunha, na Cidade de Santana do Seridó- RN.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/146/requerimento_no_011-2021_-_solicita_servico_de_podacao_das_arvores.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/146/requerimento_no_011-2021_-_solicita_servico_de_podacao_das_arvores.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada providencias, no sentido de realizar o serviço de podação das árvores da comunidade rural São Bento.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento_no_012-2021_-_solicita_urgencia_no_projeto_de_lei_no_001-2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento_no_012-2021_-_solicita_urgencia_no_projeto_de_lei_no_001-2021.pdf</t>
   </si>
   <si>
     <t>requer urgência - urgentíssima no Projeto de Lei nº 001/2021.com dispensa dos tramites regimentais e de pareceres das comissões.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Juarez</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_no_013-2021_-_solicita_que_seja_construida_uma_pista_de_caminhada.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_no_013-2021_-_solicita_que_seja_construida_uma_pista_de_caminhada.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma "Pista de Caminhada" com uma extensão média de 2 (dois) quilômetros, às margens da estrada RN-081 no trecho que liga a cidade de Santana do Seridó até a ligação.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Vicente</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/159/requerimento_no_014-2021_-_solicita_substituicao_de_pecas_da_estritura_de_madeira_que_torna_a_ponte_da_pracinha.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/159/requerimento_no_014-2021_-_solicita_substituicao_de_pecas_da_estritura_de_madeira_que_torna_a_ponte_da_pracinha.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, através do setor competente, providencie o serviço de manutenção através de um reparo ou substituição de peças da estrutura de madeira que forma a ponte da pracinha localizada no centro da cidade.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Bruno</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_no_015-2021_-_solicita_cronograma_de_realizacao_da_campanha_de_vacinacao.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_no_015-2021_-_solicita_cronograma_de_realizacao_da_campanha_de_vacinacao.pdf</t>
   </si>
   <si>
     <t>Que seja dada uma ampla divulgação sobre o cronograma de realização da campanha de vacinação do Covid - 19 no município, onde possa ser informado à população com mais! abrangência sobre as etapas e demais procedimentos da referida campanha, notadamente sobre o calendário de atendimentos realizados e a serem realizados por faixa de idade.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_no_016-2021_-_solicita_aquisicao_de_material_cirurgicos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_no_016-2021_-_solicita_aquisicao_de_material_cirurgicos.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada a aquisição de materiais cirúrgicos de qualidade mais modernas, destinados para suprir a Unidade Básica Central de Saúde do Município que vem realizando diversos e amplos tipos de procedimentos, o que se faz necessário dotar a referida unidade de saúde com materiais de melhor uso.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_no_017-2021_-_solicita_servico_de_manutencao_no_predio_da_unidade_basica.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_no_017-2021_-_solicita_servico_de_manutencao_no_predio_da_unidade_basica.pdf</t>
   </si>
   <si>
     <t>Que seja realizado o serviço de manutenção/recuperação no prédio da Unidade Básica de Saúde - UBS Ana Pereira da Costa, localizada na comunidade rural São Bento, notadamente no que se refere ao emboço/reboco da murada e pintura geral de todo o prédio.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_no_018-2021_-_solicita_instalacao_de_climatizacao_ar_condicionado_na_sala_utilizada.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_no_018-2021_-_solicita_instalacao_de_climatizacao_ar_condicionado_na_sala_utilizada.pdf</t>
   </si>
   <si>
     <t>Que seja instalado sistema de climatização/refrigeração (ar condicionado) na sala utilizada para pequenas cirurgias do hospital Ana Bezerra de Almeida.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_no_019-2021_-_solicita_servico_de_reforma_das_caixas_d_agua_instaladas_nas_comunidades_rurais.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_no_019-2021_-_solicita_servico_de_reforma_das_caixas_d_agua_instaladas_nas_comunidades_rurais.pdf</t>
   </si>
   <si>
     <t>Que seja realizado o serviço de reforma/recuperação das caixas d'águas instaladas nas comunidade rurais Tuiuiú e Espirito Santo, bem como nos demais reservatórios da zona rural que estejam necessitando de manutenção.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Ricardo de Zeca</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_no_020-2021_-_solicita_melhoramento_no_predio_do_dessalinizador_da_comunidade_sao_bento.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_no_020-2021_-_solicita_melhoramento_no_predio_do_dessalinizador_da_comunidade_sao_bento.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal viabilize as providências cabíveis e necessárias,  no sentido de que seja feito o serviço de melhoramento/restauração no prédio do Dessalinizador   da Comunidade São Bento 1. notadamente quanto ao emboço/reboco das paredes da murada e pintura do prédio, com vistas a proporcionar melhores condições de uso para as pessoas que ali residem.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/200/requerimento_no_021-2021_-_solicita_servico_de_revestimento_no_piso_na_ares_dos_arruamentos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/200/requerimento_no_021-2021_-_solicita_servico_de_revestimento_no_piso_na_ares_dos_arruamentos.pdf</t>
   </si>
   <si>
     <t>Requer que a Administração Municipal através do setor competente, providencie o serviço de revestimento do piso na área dos calçamento/vias intemas do cemitério púbico São José.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_no_022-2021_-_solicita_que_seja_realizado_o_servico_de_melhoramento_no_piso_da_passagem_molhada.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_no_022-2021_-_solicita_que_seja_realizado_o_servico_de_melhoramento_no_piso_da_passagem_molhada.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal viabilize providencias no sentido que seja realizado 0 serviço de melhoramento/manutenção no piso da passagem molhada localizada na saída para a cidade de São José do Sabugi /PB.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Ivan</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento_no_023-2021_-_solicita_estabeleca_um_cronograma_de_trabalho.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento_no_023-2021_-_solicita_estabeleca_um_cronograma_de_trabalho.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, através de seu órgão competente, estabeleça um cronograma de trabalho no sentido de que o serviço de coleta de lixo seja realizado em dias alternados (dia sim e dia não) na zona urbana e rural do município.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_no_024-2021_-_solicita_providencias_cabiveis_na_contrucao_da_passagem_molhada_sobre_o_rio_sao_bento.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_no_024-2021_-_solicita_providencias_cabiveis_na_contrucao_da_passagem_molhada_sobre_o_rio_sao_bento.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal viabilize as providências cabíveis, no sentido de dar início com certa brevidade ao serviço de construção da passagem molhada sobre o rio São Bento.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_no_025-2021_-_solicita_aquisicao_de_vacina_contra_covid-19.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_no_025-2021_-_solicita_aquisicao_de_vacina_contra_covid-19.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal remeta projeto de lei para a Câmara Municipal, dispondo sobre autorização para a aquisição de vacina contra covid-19, objetivando a imunização em massa da população Santanense.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_no_026-2021_-_solicita_servico_de_reforma_na_escola_municipal_professor_aprigio.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_no_026-2021_-_solicita_servico_de_reforma_na_escola_municipal_professor_aprigio.pdf</t>
   </si>
   <si>
     <t>Que seja providenciado na Escola Municipal Professor Aprigio, situada na comunidade rural Tuiuiu, as seguintes melhorias:_x000D_
 _x000D_
 1. serviço de reforma/melhoramento._x000D_
 _x000D_
 2. cobertura na área recreativa</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_no_027-2021_-_solicita_breviedade_a_iluminacao_da_parte_externa_do_cemiterio_municipal.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_no_027-2021_-_solicita_breviedade_a_iluminacao_da_parte_externa_do_cemiterio_municipal.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, através do órgão competente, providencie com certa brevidade a iluminação da parte externa do Cemitério Municipal São José na Cidade de Santana do Seridó.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_no_028-2021_-_solicita_recuperacao-melhorias_atraves_de_tapa_buracos_no_trecho_da_rn_086.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_no_028-2021_-_solicita_recuperacao-melhorias_atraves_de_tapa_buracos_no_trecho_da_rn_086.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada providencias, no sentido de realizar o serviço de recuperação/melhoramento através de tapa- buracos, no trecho da Estrada - RN 086 que fica localizado na entrada da cidade de Santana do Seridó (zona urbana), que se encontra em péssimo estado de conservação e uso.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_029-2021_-_solicita_providenciar_arborizacao_e_iluminacao.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_029-2021_-_solicita_providenciar_arborizacao_e_iluminacao.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, através do órgão competente, providencie a arborização e iluminação do pórtico localizado na entrada/saída da cidade no sentido para Parelhas.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_no_030-2021_-_solicita_instalar_um_parque_infantil_na_academia_levi_morais.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_no_030-2021_-_solicita_instalar_um_parque_infantil_na_academia_levi_morais.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal viabilize providencias cabíveis, no sentido de instalar um parque infantil na Academia Levi Morais.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Que seja realizado a entrega de EPI's (equipamentos de proteção individual) para os servidores municipais que exercem atividade de gari e de coveiro.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_no_032-2021_-_solicita_climatizacao_ambiental_das_escolas_publicas.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_no_032-2021_-_solicita_climatizacao_ambiental_das_escolas_publicas.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, através da Secretaria Municipal de Educação. providencie a climatização ambiental das escolas públicas municipais que ainda não dispõe desse mecanismo.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_no_033-2021_-_solicita_servicos_de_corte_de_terra.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_no_033-2021_-_solicita_servicos_de_corte_de_terra.pdf</t>
   </si>
   <si>
     <t>Que no período de realização do cadastramento dos proprietários rurais para serem beneficiados com o serviço de corte de terras e também por ocasião da campanha de vacinação animal, seja viabilizada a designação de um profissional técnico para acompanhar e orientar essas ações nas comunidades rurais Tuiuiú, São Bento e Verdes.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_no_034-2021_-_solicita_aquisicao_de_equipamentos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_no_034-2021_-_solicita_aquisicao_de_equipamentos.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada a aquisição de equipamentos de academia ao ar livre (academia de saúde), a serem destinados para complementar a academia da terceira idade Levi Morais.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_no_035-2021_-_solicita_que_seja_aprazada_uma_audiencia_publica_na_camara_municipal.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_no_035-2021_-_solicita_que_seja_aprazada_uma_audiencia_publica_na_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Que seja aprazada uma audiência pública na Câmara Municipal, para uma ampla discussão sobre a creche modelo a ser construída no município.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_no_036-2021_-_solicita_viabilize_providencias.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_no_036-2021_-_solicita_viabilize_providencias.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal viabilize providencias quanto ao seguinte:_x000D_
 _x000D_
 1) Construção de portais de entrada/acesso com identificação das comunidades rurais Tuiuiú e São Bento, onde nos referidos portais possam constar os nomes das referidas comunidades e também a pintura da bandeira do município._x000D_
 _x000D_
 2) Colocação de placas indicadoras nas diversas comunidades_x000D_
 _x000D_
 rurais do município, direcionando a localização de prédios públicos e outros espaços de uso comum nas comunidades tais como unidades de saúde, escolas igrejas/capelas, sede de associações. dentre tantos outros existentes.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_no_037-2021_-_solicita_teste_rapido_de_covid-19_para_atender_trabalhadores_de_industria_ceramicas.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_no_037-2021_-_solicita_teste_rapido_de_covid-19_para_atender_trabalhadores_de_industria_ceramicas.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada a disponibilização do teste rápido de covid-19, para atender todos os trabalhadores/trabalhadoras de indústrias ceramistas e também nas facções/fábricas de costuras do município de Santana do Seridó, cujo procedimento seja realizado nos referidos locais através dos agentes de saúde do município.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_no_038-2021_-_solicita_colocacao_de_coletores_de_lixo_em_locais_estrategicos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_no_038-2021_-_solicita_colocacao_de_coletores_de_lixo_em_locais_estrategicos.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada a colocação de coletores de lixo em locais estratégicos das comunidades rurais São Bento e Tuiuiú.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_no_039-2021_-_solicita_construcao_de_uma_lagoa_de_captacao_e_tratamento.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_no_039-2021_-_solicita_construcao_de_uma_lagoa_de_captacao_e_tratamento.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal busque a consecução de recursos necessários junto a órgãos de outras esferas de Governo, destinados para a construção de uma lagoa de captação e tratamento de esgotos dos prédios públicos localizados na comunidade rural Tuiuiú.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_no_040-2021_-_solicita_servico_para_receber_as_reclamacoes_e_demandas_do_municipio.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_no_040-2021_-_solicita_servico_para_receber_as_reclamacoes_e_demandas_do_municipio.pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizado um servidor lotado na própria Secretaria para que o mesmo seja designado para receber as reclamações e demandas da população referente a serviços públicos necessários tais como reposição de lâmpadas poda de arvores limpeza de ruas e praças públicas, retirada de entulhos e outros tipos de serviços que são realizados sob responsabilidade da Secretaria Municipal de Obras.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/273/requerimento_no_041-2021_-_solicita_inspensao_e_avaliacao_estrutural_das_unidades_educacionais_do_municipio.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/273/requerimento_no_041-2021_-_solicita_inspensao_e_avaliacao_estrutural_das_unidades_educacionais_do_municipio.pdf</t>
   </si>
   <si>
     <t>Que seja designada uma equipe técnica da Secretaria. para realizar uma inspeção e avaliação estrutural das unidades educacionais do município, em cuja avaliação seja analisada as necessidades existentes no tocante aos serviços de reforma melhoramento e ampliação.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_no_042-2021_-_solicita_construcao_de_banheiros_no_cemiterio_municipal.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_no_042-2021_-_solicita_construcao_de_banheiros_no_cemiterio_municipal.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, pelo seu órgão competente, providencia a construção de banheiros no Cemitério Municipal São José.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_no_043-2021_-_solicita_projeto_de_lei_instituindo_o_codigo_de_obras.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_no_043-2021_-_solicita_projeto_de_lei_instituindo_o_codigo_de_obras.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, através do órgão competente, elabore e remeta para a Câmara Municipal projeto de lei instituindo o código de obras do municipio, onde possa dispor sobre a emissão de alvará de construção.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento_no_044-2021_-_solicita_aos_deputados_apoiar_e_votar_favoravel_o_piso_nacional_da_enfermagem.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento_no_044-2021_-_solicita_aos_deputados_apoiar_e_votar_favoravel_o_piso_nacional_da_enfermagem.pdf</t>
   </si>
   <si>
     <t>Que a bancada federal do Rio Grande do Norte no Congresso Nacional - Senadores e Deputados Federais - possam apoiar e votar favorável ao projeto que define o piso salarial nacional dos profissionais de Enfermagem (Enfermeiro, Técnico de Enfermagem, Auxiliares de Enfermagem e Parteiras).</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/285/requerimento_no_045-2021_-_solicita_servico_de_caralogacao_e_tombamento_do_bens_patrimoniais.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/285/requerimento_no_045-2021_-_solicita_servico_de_caralogacao_e_tombamento_do_bens_patrimoniais.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, através do setor competente, realize o serviço de catalogação e tombamento dos bens patrimoniais do município, com vistas a que se possa dimensionar de forma organizada sobre os bens permanentes móveis e imóveis pertencentes ao patrimônio público municipal.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_no_046-2021_-_solicita_que_consern_preste_esclarecimento_sobre_as_razoes_sobras_constantes_quedas_de_energia_que_vem_ocorrendo_no_municipio.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_no_046-2021_-_solicita_que_consern_preste_esclarecimento_sobre_as_razoes_sobras_constantes_quedas_de_energia_que_vem_ocorrendo_no_municipio.pdf</t>
   </si>
   <si>
     <t>Que a COSERN, através de seu representante, possa prestar esclarecimentos sobre as razões das constantes quedas de energia que vem ocorrendo no município de Santana do Seridó, inclusive que viabilize resolução para esse problema.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_no_047-2021_-_solicita_que_a_administracao_disponibilize_uniforme_completo_para_os_garis.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_no_047-2021_-_solicita_que_a_administracao_disponibilize_uniforme_completo_para_os_garis.pdf</t>
   </si>
   <si>
     <t>Que a administração Municipal disponibilize uniforme/fardamento completo (camisa de manga longa calça e chapéu de proteção solar) para todos os Garis que atuam no nosso Município.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_no_048-2021_-_solicita_construcao_de_uma_cobertura_para_estacionamento_de_carros.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_no_048-2021_-_solicita_construcao_de_uma_cobertura_para_estacionamento_de_carros.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada a construção de uma cobertura para estacionamento de carros (taxistas) e moto (moto- taxi) na Cidade de Santana do Seridó.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_no_049-2021_-_solicita_que_seja_realizado_servico_de_recuperacao_nas_estradas_vicinais.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_no_049-2021_-_solicita_que_seja_realizado_servico_de_recuperacao_nas_estradas_vicinais.pdf</t>
   </si>
   <si>
     <t>Que seja realizado o serviço de recuperação/melhoramento nas estradas vicinais de acesso às diversas localidades rurais do município.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/441/requerimento_no_050-2021_-_solicita_instalacao_dos_pocos_tubulares.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/441/requerimento_no_050-2021_-_solicita_instalacao_dos_pocos_tubulares.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada a instalação dos poços tubulares que foram perfurados na Zona Rural do município de Santana do Seridó.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/442/requerimento_no_051-2021_-_solicita_construir_alguns_mata_burros.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/442/requerimento_no_051-2021_-_solicita_construir_alguns_mata_burros.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, viabilize competencias para construir alguns mata-burro na comunidade rural Tuiuiu.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/445/requerimento_no_052-2021_-_solicita_servico_de_manutencao_em_todos_os_mata_burros.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/445/requerimento_no_052-2021_-_solicita_servico_de_manutencao_em_todos_os_mata_burros.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, providencie o serviço de restauração /manutenção em todos os mata-burros existentes nas diversas localidades rurais do município.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/446/requerimento_no_053-2021_-_solicita_servico_de_reforma_e_pintura_da_fachada_do_hospital.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/446/requerimento_no_053-2021_-_solicita_servico_de_reforma_e_pintura_da_fachada_do_hospital.pdf</t>
   </si>
   <si>
     <t>Requere providencias da administração Municipal para que seja feito o serviço de reforma e pintura da fachada do Hospital Ana Bezerra de Almeida.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/448/requerimento_no_054-2021_-_solicita_tomar_medidas_que_objetivem_a_aquisicao_de_coletrores_de_entulho_1.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/448/requerimento_no_054-2021_-_solicita_tomar_medidas_que_objetivem_a_aquisicao_de_coletrores_de_entulho_1.pdf</t>
   </si>
   <si>
     <t>Requerer providencias da Administração Municipal em virtude da necessidade de se tomar medidas que objetivem a aquisição de coletores de entulho para a secretaria de obras e infraestrutura.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/450/requerimento_no_055-2021_-_solicita_instalacao_de_bueiros_e_alargamento_em_pontos_criticos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/450/requerimento_no_055-2021_-_solicita_instalacao_de_bueiros_e_alargamento_em_pontos_criticos.pdf</t>
   </si>
   <si>
     <t>Requerer que seja providenciada a instalação de bueiros e alargamento em pontos críticos das estradas da comunidade Tuiuiu.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/451/requerimento_no_056-2021_-_solicita_contratacao_de_empresa_especializada_em_grama_sintetica_para_elaborar_um_projeto_para_o_ginario_poliesportivo.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/451/requerimento_no_056-2021_-_solicita_contratacao_de_empresa_especializada_em_grama_sintetica_para_elaborar_um_projeto_para_o_ginario_poliesportivo.pdf</t>
   </si>
   <si>
     <t>Requer providencias da administração municipal para a contratação de empresa especializada em grama sintética.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/452/requerimento_no_057-2021_-_solicita_adquiridos_dois_postes_no_estadio_municipal_luciano_de_souza_barreto.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/452/requerimento_no_057-2021_-_solicita_adquiridos_dois_postes_no_estadio_municipal_luciano_de_souza_barreto.pdf</t>
   </si>
   <si>
     <t>Solicitação a Secretaria de Esporte, providencias para que sejam adquiridos postes para o Estádio Municipal Luciano de Souza Barreto.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/453/requerimento_no_058-2021_-_solicita_servico_de_limpeza_e_recapinacao_na_praca_da_saida_de_sao_jose_do_sabugi.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/453/requerimento_no_058-2021_-_solicita_servico_de_limpeza_e_recapinacao_na_praca_da_saida_de_sao_jose_do_sabugi.pdf</t>
   </si>
   <si>
     <t>Requer o serviço de limpeza e capinação na praça da saída para São José do Sabugi-PB.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/454/requerimento_no_059-2021_-_solicita_criacao_da_escola_legislativa.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/454/requerimento_no_059-2021_-_solicita_criacao_da_escola_legislativa.pdf</t>
   </si>
   <si>
     <t>Requer a Presidência da Câmara Municipal de Santana do Seridó crie através de um projeto de resolução a criação da Escola do Legislativo Municipal de Santana do Seridó.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/455/requerimento_no_060-2021_-_solicita_aquisicao_atraves_de_doacao_de_trilhas_da_via_ferrea.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/455/requerimento_no_060-2021_-_solicita_aquisicao_atraves_de_doacao_de_trilhas_da_via_ferrea.pdf</t>
   </si>
   <si>
     <t>Requer que a Administração Municipal viabilize junto a Companhia Brasileira de Trens Urbanos - CBTU de Natal, trilhos fora de uso para a manutenção de "mata burros" nas zonas rurais.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/456/requerimento_no_061-2021_-_solicita_aquisicao_de_novos_equipamentos_e_ferramentas.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/456/requerimento_no_061-2021_-_solicita_aquisicao_de_novos_equipamentos_e_ferramentas.pdf</t>
   </si>
   <si>
     <t>Requer que a Administração Municipal junto a Secretaria de infraestrutura e Serviços Urbanos, viabilize equipamentos e ferramentas novas para seu quadro de servidores.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_no_062-2021_-_solicita_aquisicao_de_equipamentos_e_maquinarios_agricolas.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_no_062-2021_-_solicita_aquisicao_de_equipamentos_e_maquinarios_agricolas.pdf</t>
   </si>
   <si>
     <t>Requer seja viabilizada a consignação de emendas parlamentar para o município de Santana do Seridó, com o intuito de adquirir maquinas e equipamentos agrícolas.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_no_063-2021_-_solicita_aquisicao_do_sistema_de_monitoramento.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_no_063-2021_-_solicita_aquisicao_do_sistema_de_monitoramento.pdf</t>
   </si>
   <si>
     <t>Requer que a Administração Municipal providencie com brevidade as câmeras de segurança, DVRs e computadores a ser instalado nas saídas da cidade.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_no_064-2021_-_solicita_instalacao_de_energia_solar_no_predio_da_sede_da_camara_municipal.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_no_064-2021_-_solicita_instalacao_de_energia_solar_no_predio_da_sede_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Requer que seja instalado de forma legalmente um sistema de energia solar na sede da Câmara Municipal de Santana do Seridó</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/460/requerimento_no_065-2021_-_solicita_servico_de_limpeza_nos_equipamentos_dessalinizadores_instalados_nas_comunidades.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/460/requerimento_no_065-2021_-_solicita_servico_de_limpeza_nos_equipamentos_dessalinizadores_instalados_nas_comunidades.pdf</t>
   </si>
   <si>
     <t>Requer que a secretaria de Obras e Agricultura Municipal, providencie o serviço de restauração, manutenção e limpeza nos equipamentos dessalinizadores instalados nas comunidades rurais Tuiuiú e Espirito Santo.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/461/requerimento_no_066-2021_-_solicita_realizar_servico_de_construcao_do_curral_do_matadouro.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/461/requerimento_no_066-2021_-_solicita_realizar_servico_de_construcao_do_curral_do_matadouro.pdf</t>
   </si>
   <si>
     <t>Requer que a Administração Municipal providencie o serviço de construção do curral do matadouro público.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/462/requerimento_no_067-2021_-_solicita_instalacao_de_luminarias_nos_postes_da_rua_geralda_gomes_de_azevedo.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/462/requerimento_no_067-2021_-_solicita_instalacao_de_luminarias_nos_postes_da_rua_geralda_gomes_de_azevedo.pdf</t>
   </si>
   <si>
     <t>Requer que a Administração Municipal junto a COSERN, viabilize a instalação de luminárias nos postes da Rua Geralda Gomes de Azevedo, como também a capinação da referida rua.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_no_068-2021_-_solicita_servico_de_recuperacao_de_malha_asfaltica.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_no_068-2021_-_solicita_servico_de_recuperacao_de_malha_asfaltica.pdf</t>
   </si>
   <si>
     <t>Requer que a administração busque parcerias para realizar o melhoramento da malha asfáltica do trecho da RN-081 na entrada da cidade de Santana do Seridó.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/464/requerimento_no_069-2021_-_solicita_construcao_de_vestiario.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/464/requerimento_no_069-2021_-_solicita_construcao_de_vestiario.pdf</t>
   </si>
   <si>
     <t>Solicita que a Administração Municipal junto a secretaria competente, viabilize recursos para construção de vestiários e sanitários na quadra de esporte João Emídio de Souza na comunidade rural São Bento, como também uma tela de proteção.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/465/requerimento_no_070-2021_-_solicita_servico_de_restauracao_e_pintura_nas_paredes_do_ginasio_poliesportivo.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/465/requerimento_no_070-2021_-_solicita_servico_de_restauracao_e_pintura_nas_paredes_do_ginasio_poliesportivo.pdf</t>
   </si>
   <si>
     <t>Solicita que a administração Municipal junto a secretaria competente, providencie o serviço de restauração e pintura do ginásio poliesportivo "O Pereirão"</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_no_071-2021_-_solicita_urgencia_no_projeto_de_resolucao_no_001-2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_no_071-2021_-_solicita_urgencia_no_projeto_de_resolucao_no_001-2021.pdf</t>
   </si>
   <si>
     <t>Requer com urgência no Projeto de Resolução n°001/2021, com dispensa dos trâmites regimentais e pareceres das comissões.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/467/requerimento_no_072-2021_-_solicita_providenciar_a_colocacao_de_material_asfaltico_na_av._zeze_aprigio.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/467/requerimento_no_072-2021_-_solicita_providenciar_a_colocacao_de_material_asfaltico_na_av._zeze_aprigio.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciadas colocação de manta asfáltica na AV. Zezé Aprígio nas proximidades do Centro Cultural Felino Ivo Bezerra, considerando ser a principal concentração das festividades municipais.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/468/requerimento_no_073-2021_-_solicita_servico_de_pintura_nas_lombadas.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/468/requerimento_no_073-2021_-_solicita_servico_de_pintura_nas_lombadas.pdf</t>
   </si>
   <si>
     <t>Solicita providencias para pintura apropriada nas lombadas existentes em diversos pontos da cidade.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_074-2021_-_solicita_realizar_o_servico_de_rebaixamento_do_morro_da_ladeira_existente.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_074-2021_-_solicita_realizar_o_servico_de_rebaixamento_do_morro_da_ladeira_existente.pdf</t>
   </si>
   <si>
     <t>Solicita a secretaria competente viabilize providencias para rebaixamento do morro da ladeira próximo a casa do conhecido "Zé de Arnaldo" e "Moacir Pereira" na comunidade rural São Bento.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/470/requerimento_no_075-2021_-_solicita_servico_de_restauracao_e_melhoramento_nas_lavanderias_publicas.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/470/requerimento_no_075-2021_-_solicita_servico_de_restauracao_e_melhoramento_nas_lavanderias_publicas.pdf</t>
   </si>
   <si>
     <t>Requer a Administração providencias de restauração e melhoramento nas lavanderias públicas nas comunidades rurais Tuiuiú e Espírito Santo.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/471/requerimento_no_076-2021_-_solicita_urgencia_no_projeto_de_resolucao_no_002-2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/471/requerimento_no_076-2021_-_solicita_urgencia_no_projeto_de_resolucao_no_002-2021.pdf</t>
   </si>
   <si>
     <t>Requer com urgência o Projeto de Resolução n° 002/2021 de autoria da Mesa Diretora da Câmara Municipal dispondo sobre a criação da Escola do Legislativo Municipal.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/472/requerimento_no_077-2021_-_solicita_servico_de_reestruturacao_e_reforma_do_dessalinizador.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/472/requerimento_no_077-2021_-_solicita_servico_de_reestruturacao_e_reforma_do_dessalinizador.pdf</t>
   </si>
   <si>
     <t>Solicita que a Administração Municipal viabilize as providencias necessárias, para que possa ser feito o serviço de restruturação e reforma do dessalinizador municipal de Santana do Seridó.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/473/requerimento_no_078-2021_-_solicita_implantacao_de_equipamentos_de_academia.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/473/requerimento_no_078-2021_-_solicita_implantacao_de_equipamentos_de_academia.pdf</t>
   </si>
   <si>
     <t>Viabilização de providencias junto aos órgão competentes de esfera de Governo Estadual, para a consecução e implementação de equipamentos de academia pública ao ar livre na comunidade rural Tuiuiú.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/474/requerimento_no_079-2021_-_solicita_destinacao_de_recursos_para_a_construcao_de_uma_escola_para_atender_o_ensino_infantil.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/474/requerimento_no_079-2021_-_solicita_destinacao_de_recursos_para_a_construcao_de_uma_escola_para_atender_o_ensino_infantil.pdf</t>
   </si>
   <si>
     <t>Requer que o Ministério de Educação, através de seu órgão competente viabilize a destinação de recursos para a construção de uma escola para atender o ensino infantil no município de Santana do Seridó.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/475/requerimento_no_060-2021_-_solicita_maquina_perguratriz_para_atender_os_municipes.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/475/requerimento_no_060-2021_-_solicita_maquina_perguratriz_para_atender_os_municipes.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada a destinação de uma maquina perfuratriz para atender os municípios do Seridó consorciados da Associação dos Municípios da Microrregião do Seridó.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/476/requerimento_no_081-2021_-_solicita_atraves_da_emenda_parlamentar_a_construcao_no_municipio_de_santana_do_serido.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/476/requerimento_no_081-2021_-_solicita_atraves_da_emenda_parlamentar_a_construcao_no_municipio_de_santana_do_serido.pdf</t>
   </si>
   <si>
     <t>Solicita que seja viabilizada a destinação de recursos de emendas parlamentares, para construção de pistas para pedestres nas margens da RN-081.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/477/requerimento_no_082-2021_-_solicita_permitir_a_reabertura_da_academia_publica_do_municipio.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/477/requerimento_no_082-2021_-_solicita_permitir_a_reabertura_da_academia_publica_do_municipio.pdf</t>
   </si>
   <si>
     <t>Requer que a Administração Municipal providencie a reabertura da Academia Municipal  , seguindo as orientações preventivas da OMS (Organização Mundial de Saúde).</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/478/requerimento_no_083-2021_-_solicita_construcao_de_30_cisternas.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/478/requerimento_no_083-2021_-_solicita_construcao_de_30_cisternas.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de 30 cisterna para que seja distribuídas nas zonas rurais do município de Santana do Seridó.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_084-2021_-_solicita_construir_banheiros_publicos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_084-2021_-_solicita_construir_banheiros_publicos.pdf</t>
   </si>
   <si>
     <t>Solicita a Administração Municipal, a construção de banheiros públicos próximo aos quiosques do Centro Cultural Felino Ivo Bezerra.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/480/requerimento_no_085-2021_-_solicita_dotar_o_ginasio_poliesportivo_um_placar_eletronico_e_um_sistema_de_som.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/480/requerimento_no_085-2021_-_solicita_dotar_o_ginasio_poliesportivo_um_placar_eletronico_e_um_sistema_de_som.pdf</t>
   </si>
   <si>
     <t>Solicita a administração Municipal providencias para adotar equipamentos como placar eletrônico e sistema de sonorização para o Ginásio Poliesportivo O Pereirão.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Sebastião Sobrinho - Berré</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/481/requerimento_no_086-2021_-_solicita_servico_de_roco_e_revitalizacao_na_estrada_da_zona_rural.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/481/requerimento_no_086-2021_-_solicita_servico_de_roco_e_revitalizacao_na_estrada_da_zona_rural.pdf</t>
   </si>
   <si>
     <t>Requer que seja disponibilizado a maquina patrol para realizar o serviço de roço e revitalização na estrada da zona rural Laginha.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/482/requerimento_no_087-2021_-_solicita_que_seja_disponibilizada_a_maquina_patrol_para_a_realizar_o_servico_de_roco_na_zona_rural.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/482/requerimento_no_087-2021_-_solicita_que_seja_disponibilizada_a_maquina_patrol_para_a_realizar_o_servico_de_roco_na_zona_rural.pdf</t>
   </si>
   <si>
     <t>Solicita a máquina patrol para realizar o serviço de roço na comunidade São Bento no município de Santana do Seridó.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/483/requerimento_no_088-2021_-_solicita_manutencao_na_sede_do_centro_de_apoio_a_comunidade_tuiuiu.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/483/requerimento_no_088-2021_-_solicita_manutencao_na_sede_do_centro_de_apoio_a_comunidade_tuiuiu.pdf</t>
   </si>
   <si>
     <t>Solicita que a Administração Municipal junto ao órgão competente, providencie realizar serviços de manutenção/melhoramento na sede do Centro de Apoio da Comunidade Tuiuiú - CACTU.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/484/requerimento_no_089-2021_-_solicita_designacao_de_uma_equipe_tecnica_da_sethas.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/484/requerimento_no_089-2021_-_solicita_designacao_de_uma_equipe_tecnica_da_sethas.pdf</t>
   </si>
   <si>
     <t>Requer que seja designado uma equipe técnica da SETHAS, destinado a realizar um encontro no município de Santana do Seridó com profissionais artesãos.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/485/requerimento_no_090-2021_-_solicita_realizar_a_sinalizacao_vertical_e_horizontal_da_area_urbana.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/485/requerimento_no_090-2021_-_solicita_realizar_a_sinalizacao_vertical_e_horizontal_da_area_urbana.pdf</t>
   </si>
   <si>
     <t>Solicita que seja tomada providencias no sentido de realizar a sinalização vertical e horizontal da área urbana do município de Santana do Seridó.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/489/requerimento_no_091-2021_-_solicita_alinhamento_das_ruas_de_santana_do_serido.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/489/requerimento_no_091-2021_-_solicita_alinhamento_das_ruas_de_santana_do_serido.pdf</t>
   </si>
   <si>
     <t>Demarcação do alinhamento dos ruas de Santana do Seridó.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/491/requerimento_no_092-2021_-_solicita_colocacao_de_um_poste_de_iluminacao_publica_na_comunidade_rural_sao_bento.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/491/requerimento_no_092-2021_-_solicita_colocacao_de_um_poste_de_iluminacao_publica_na_comunidade_rural_sao_bento.pdf</t>
   </si>
   <si>
     <t>Viabilização de providencias com vistas a colocação de um poste de iluminação pública na comunidade rural São Bento.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/493/requerimento_no_093-2021_-_solicita_construir_rampas_de_acesso_em_todos_os_orgao_publicos_municipais.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/493/requerimento_no_093-2021_-_solicita_construir_rampas_de_acesso_em_todos_os_orgao_publicos_municipais.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal viabilize as medidas e providencias cabivéis, no sentido de construir rampas de acesso em todos os órgãos públicos municipais, bem como em determinados trechos das vias públicas da cidade.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/495/requerimento_no_094-2021_-_solicita_servico_de_pintura_na_praca_jose_bezerra_da_luz.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/495/requerimento_no_094-2021_-_solicita_servico_de_pintura_na_praca_jose_bezerra_da_luz.pdf</t>
   </si>
   <si>
     <t>Administração Municipal, através de seu órgão competente, viabilize providencias no sentido de que seja feito o serviço de melhoramento e pintura na praça José Bezerra da Luz Filho na comunidade Tuiuiu.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/496/requerimento_no_095-2021_-_solicita_atraves_da_emenda_parlamentar_construcao_de_pavimentacao_de_ruas.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/496/requerimento_no_095-2021_-_solicita_atraves_da_emenda_parlamentar_construcao_de_pavimentacao_de_ruas.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada a consecução de recursos para o município de Santana do Seridó através de emenda parlamentar, cujo recurso seja em valor de 300.000,00 (trezentos mil reais) destinados para a construção de pavimentação de ruas.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/503/requerimento_no_096-2021_-solicita_reaproveitamento_da_agua_que_diariamente_pe_desperdicada_por_varios_residencias.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/503/requerimento_no_096-2021_-solicita_reaproveitamento_da_agua_que_diariamente_pe_desperdicada_por_varios_residencias.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, através da Secretária de obras e serviços urbanos, viabilize os meios cabíveis para reaproveitamento da água que diariamente é desperdiçada por várias residêcias em dois pontos de esgotos existentes na comunidade rural São Bento.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/512/requerimento_no_097-2021_-_solicita_retirada_pedras_que_estao_situadas_nos_seguintes_trechos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/512/requerimento_no_097-2021_-_solicita_retirada_pedras_que_estao_situadas_nos_seguintes_trechos.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada com certa brevidade a retirada de duas pedras que estão situadas nos seguintes trechos da nossa cidade uma pedra localizada na confluência das Ruas João Sabino de Lima com a Dias Bezerra Medeiros e outra pedra localizada na Rua Geralda Gomes de Azevedo que fica transversal com as Rua Dras Bezerra de Medeiras e Antonio Gonçalves da Silva.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/523/requerimento_no_098-2021_-_solicita_servico_de_meloramento_na_praca_zeze_aprigio.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/523/requerimento_no_098-2021_-_solicita_servico_de_meloramento_na_praca_zeze_aprigio.pdf</t>
   </si>
   <si>
     <t>Que seja realizado um serviço de revitalização e melhoramento na Praça Zezé Aprigio, localizada no centro da cidade de Santana do Seridó.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/526/requerimento_no_099-2021_-_solicita_construir_cisternas_de_captacao_de_agua_da_chuva.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/526/requerimento_no_099-2021_-_solicita_construir_cisternas_de_captacao_de_agua_da_chuva.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal viabilize providencias no sentido de construir cisternas de captação da água da chuva nos prédios públicos de Santana do Seridó.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/528/requerimento_no_100-2021_-_solicita_substituicao_de_todas_as_atuais_lampadas_dos_predios_publicos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/528/requerimento_no_100-2021_-_solicita_substituicao_de_todas_as_atuais_lampadas_dos_predios_publicos.pdf</t>
   </si>
   <si>
     <t>Requer Providencias da Administração Municipal, no sentido de que seja feita a substituição de todas as atuais lâmpadas dos prédios públicos e também nas vias e praças por lámpadas de LED.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/531/requerimento_no_101-2021_-_solicita_a_doacao_para_a_associacao_de_catadores.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/531/requerimento_no_101-2021_-_solicita_a_doacao_para_a_associacao_de_catadores.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal conceda pela forma legalmente permitida, a doação para a Associação de catadores de resíduos sólidos e molhados de Santana do Seridó de um terreno pertencente ao patrimônio público municipal localizado na Rua Ozires Borges Vilar (de frente a conhecida praça do pneu), para que a entidade possa construir um galpão destinado ao armazenamento dos materiais oriundos das atividades dos catadores.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/533/requerimento_no_102-2021_-_solicita_perfuracao_e_instalacao_de_pocos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/533/requerimento_no_102-2021_-_solicita_perfuracao_e_instalacao_de_pocos.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada para o município de Santana do Seridó a destinação de recursos financeiros através de emenda parlamentar, tendo como objeto a perfuração e instalação e poços nas comunidades rurais do município.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Que seja providenciada a construção de duas lombadas (quebra-molas) na Rua Manoel Mendes de Morais, nas imediações da fábrica Lima Confecções (antigo matadouro público).</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/540/requerimento_no_104-2021_-_solicita_providenciar_a_cobertura_do_espaco_de_estacionamento_de_veiculos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/540/requerimento_no_104-2021_-_solicita_providenciar_a_cobertura_do_espaco_de_estacionamento_de_veiculos.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, através do órgão competente, viabilize providenciar a cobertura do espaço de estacionamento de veículos do hospital Maternidade Ana Bezerra de Almeida.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/541/requerimento_no_105-2021_-_solicita_climatizar_as_salas_de_aula_da_escola_municipal_professor_aprigio_e_da_creche_municipal.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/541/requerimento_no_105-2021_-_solicita_climatizar_as_salas_de_aula_da_escola_municipal_professor_aprigio_e_da_creche_municipal.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada providencias, no sentido de climatizar as salas de aula da Escola Municipal Professor Aprigio e da Creche Municipal José Bezerra da Luz, ambas unidades situadas na Comunidade Rural Tuiuiú</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/543/requerimento_no_106-2021_-_solicita_que_possa_designar_medico_veterinarios.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/543/requerimento_no_106-2021_-_solicita_que_possa_designar_medico_veterinarios.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, através da secretaria competente, possa designar um médico veterinário para atuar no suporte aos agricultores do nosso município, sugerindo que o referido profissional realize visitas nas comunidades rurais em um cronograma que tenha pelo menos duas visitas mensais.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/544/requerimento_no_107-2021_-_solicita_programacao_destinada_a_realizacao_de_sessoes_itinerantes.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/544/requerimento_no_107-2021_-_solicita_programacao_destinada_a_realizacao_de_sessoes_itinerantes.pdf</t>
   </si>
   <si>
     <t>Que seja elaborada uma programação prévia definida pela Mesa Diretora e aprovada pelo plenário, destinada para a realização de sessões itinerantes nas comunidades rurais do município, conforme disposto no Art. 4º, § 6º do Regimento Intemo da Câmara Municipal.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/547/requerimento_no_108-2021_-_solicita_um_vigilante_para_exercer_suas_atividades_no_local_conhecido_por_o_lindolfao.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/547/requerimento_no_108-2021_-_solicita_um_vigilante_para_exercer_suas_atividades_no_local_conhecido_por_o_lindolfao.pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizado um vigilante para exercer suas atividades no local conhecido por "O Lindolfão", onde são guardados os veículos da frota do município.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/557/requerimento_no_109-2021_-_solicita_construcao_de_quebra_molas.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/557/requerimento_no_109-2021_-_solicita_construcao_de_quebra_molas.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal, através de seu órgão competente, providencie a construção de redutores de velocidade do tipo lombadas/quebra-molas com a devida sinalização vertical e horizontal (placa e pintura), em trechos adequados das seguintes vias públicas: Ruas João Santino de Lima, Francisco Justino de Medeiros. Cândida Maria ou Antonio Dias, João Valdevino de Azevedo, Kally Albi Farri, Virgilio Alfredo Batista, Manoel Justino de Medeiros e Nilton Ginane, todas na zona urbana bem como em locais estratégicos da Comunidade rural São Bento.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/560/requerimento_no_110-2021_-_solicita_parceria_com_a_emater.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/560/requerimento_no_110-2021_-_solicita_parceria_com_a_emater.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal busque através de parceria com a EMATER ou Secretaria Estadual de Agricultura, a realização de cursos a serem ministrados no municipia de Santana do Seridó e que sejam com temáticas direcionadas para a atividade agricola e pecuária, notadamente os que se relacionam com práticas no manejo de forragem, nutrição dos rebanhos, fabricação de alimentos para o ser humano e animais, além de outros cursos de orientação para a atividade.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/563/requerimento_no_111-2021_-_solicita_implantacao_de_aulas_voltadas_especificamente_para_os_jovens_e_adultos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/563/requerimento_no_111-2021_-_solicita_implantacao_de_aulas_voltadas_especificamente_para_os_jovens_e_adultos.pdf</t>
   </si>
   <si>
     <t>Que seja realizado um estudo de viabilidade, tendo como objetivo a implantação de aulas voltadas especificamente para os jovens e adultos (EJA), nos moldes que era utilizada pelo antigo supletivo.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/564/requerimento_no_112-2021_-_solicita_aquisicao_de_equipamentos_denominado_bomba_de_infusao.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/564/requerimento_no_112-2021_-_solicita_aquisicao_de_equipamentos_denominado_bomba_de_infusao.pdf</t>
   </si>
   <si>
     <t>Que a administração Municipal, através da secretaria de saúde viabilize a aquisição de um equipamento denominado "Bomba de Infusão" para ser utilizado no hospital Ana Bezerra de Almeida.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/567/requerimento_no_113-2021_-_solicita_disponibilize_semanalmente_um_transporte_para_as_pessoas_das_comunidades_rurais_tuiuiu_e_espirito_santo.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/567/requerimento_no_113-2021_-_solicita_disponibilize_semanalmente_um_transporte_para_as_pessoas_das_comunidades_rurais_tuiuiu_e_espirito_santo.pdf</t>
   </si>
   <si>
     <t>Que a Secretaria Municipal de Assistência Social disponibilize semanalmente, um transporte para as pessoas das comunidades rurais Tuiuiú e Espírito Santo que tenham interesse em participar das atividades de hidroginástica dos programas ja existentes no municipio.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/568/requerimento_no_114-2021_-_solicita_que_a_camara_institua_oficialmente_a_logomarca_da_escola_legislativa.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/568/requerimento_no_114-2021_-_solicita_que_a_camara_institua_oficialmente_a_logomarca_da_escola_legislativa.pdf</t>
   </si>
   <si>
     <t>Que a Presidência da Câmara institua oficialmente a logomarca da Escola do Legislativo Municipal Prof. Maria Ana Ferreira de Azevedo, onde sugere que seja aproveitado o modelo que anexa a esta proposição, tendo em vista ter sido elaborado cuidadosamente para o melhor proveito visual.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/570/requerimento_no_115-2021_-_solicita_reativacao_no_fucionamento_das_brinquedotecas_nas_comunidades_rurais.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/570/requerimento_no_115-2021_-_solicita_reativacao_no_fucionamento_das_brinquedotecas_nas_comunidades_rurais.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada a reativação do funcionamento das brinquedotecas nas comunidades rurais São Bento e Tuiuiú, cujos espaços antes existiam e atendiam satisfatoriamente as crianças das referidas localidades.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/571/requerimento_no_116-2021_-_solicita_construcao_de_barreiros_e_pequenos_acudes.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/571/requerimento_no_116-2021_-_solicita_construcao_de_barreiros_e_pequenos_acudes.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal providencie com certa brevidade, a reativação do programa de reforma, ampliação recuperação, melhoramento e também construção de barreiros e pequenos açudes no município de Santana do Seridó.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/572/requerimento_no_117-2021_-_solicita_servico_de_reforma_no_imovel_onde_fuciona_a_creche_jose_bezerra_da_luz.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/572/requerimento_no_117-2021_-_solicita_servico_de_reforma_no_imovel_onde_fuciona_a_creche_jose_bezerra_da_luz.pdf</t>
   </si>
   <si>
     <t>Que seja realizado o serviço de reforma/melhoramento no imóvel onde funciona a creche José Bezerra da Luz situada na comunidade rural Tuiuiú.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/575/requerimento_no_118-2021_-_solicita_reabertura_da_sala_de_jogos_do_ginasio_de_esportes.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/575/requerimento_no_118-2021_-_solicita_reabertura_da_sala_de_jogos_do_ginasio_de_esportes.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada providencias com vistas a reabertura da sala de jogos do ginásio de esportes "O Pereirinha".</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/576/requerimento_no_119-2021_-_solicita_aquisicao_de_parque_insfantil_a_ser_instalado_no_balneario_publico.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/576/requerimento_no_119-2021_-_solicita_aquisicao_de_parque_insfantil_a_ser_instalado_no_balneario_publico.pdf</t>
   </si>
   <si>
     <t>Solicita aquisição de parque infantil a ser instalado no balneário público de nossa cidade.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/577/requerimento_no_120-2021_-_solicita_perfuracao_de_pocos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/577/requerimento_no_120-2021_-_solicita_perfuracao_de_pocos.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada para o município de Santana do Seridó/RN a perfuração e instalação de poços tubulares.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/578/requerimento_no_121-2021_-_solicita_inserido_wifi_brasil.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/578/requerimento_no_121-2021_-_solicita_inserido_wifi_brasil.pdf</t>
   </si>
   <si>
     <t>Que seja inserido o município de Santana do Seridó/RN para ser contemplado com o programa WI-FI BRASIL.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/579/requerimento_no_122-2021_-_solicita_atendimento_medico_das_diversas_especializacoes.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/579/requerimento_no_122-2021_-_solicita_atendimento_medico_das_diversas_especializacoes.pdf</t>
   </si>
   <si>
     <t>Que a Administração Municipal disponibilize com prioridade para a população Santanense urbana e rural atendimento médico das diversas especialidades.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_no_123-2021_-_solicita_aquisicao_de_equipamentos_computadore_e_impressoraras_para_unidades_de_saude_das_comunidades_rurais.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_no_123-2021_-_solicita_aquisicao_de_equipamentos_computadore_e_impressoraras_para_unidades_de_saude_das_comunidades_rurais.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada a aquisição de equipamentos (computadores e impressoras) para serem utilizados nas unidades de saúde das comunidades rurais Tuiuiu e São Bento.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/581/requerimento_no_124-2021_-_solicita_inclusao_no_programa_denominado_linda.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/581/requerimento_no_124-2021_-_solicita_inclusao_no_programa_denominado_linda.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada a inclusão no programa denominado LINDA de todas as mulheres que trabalham nas facções/oficinas de costura no município de Santana do Seridó com vistas a que seja assegurado para as mesmas a realização do exame de saúde denominado Termo-Imagem que consiste em um teste preliminar para constatar a necessidade de realizar ou não o exame de mamografia.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/548/requerimento_no_125-2021_-_solicita_transporte_de_silagem_para_os_agricultores_do_municipio_de_santana_do_serido.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/548/requerimento_no_125-2021_-_solicita_transporte_de_silagem_para_os_agricultores_do_municipio_de_santana_do_serido.pdf</t>
   </si>
   <si>
     <t>Solicita que seja viabilizado o restabelecimento do transporte de silagem para os agricultores do município de Santana do Seridó.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/550/requerimento_no_126-2021_-_solicita_restabelecidas_as_aulas_de_jiu-jitsu.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/550/requerimento_no_126-2021_-_solicita_restabelecidas_as_aulas_de_jiu-jitsu.pdf</t>
   </si>
   <si>
     <t>Requer que seja restabelecida as aulas de Jiu Jitsu que antes eram disponibilizadas pelo o município e que foram suspensas durante a fase aguda da pandemia Coronavírus.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/551/requerimento_no_127-2021_-_solicita_colocacao_de_coletores_de_lixo_fixos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/551/requerimento_no_127-2021_-_solicita_colocacao_de_coletores_de_lixo_fixos.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizado a colocação de coletores de lixo fixos em pontos estratégicos das diversas ruas da cidade de Santana do Seridó.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/553/requerimento_no_128-2021_-_solicita_aquisicao_de_um_veiculo_para_a_secretaria_municipal_de_educacao.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/553/requerimento_no_128-2021_-_solicita_aquisicao_de_um_veiculo_para_a_secretaria_municipal_de_educacao.pdf</t>
   </si>
   <si>
     <t>Solicita que seja viabilizada a destinação de recursos financeiros através de emendas para aquisição de veiculo para a Secretaria Municipal de Educação de Santana do Seridó.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/555/requerimento_no_129-2021_-_solicita_reforma_na_escola_comunidade_rural_verdes.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/555/requerimento_no_129-2021_-_solicita_reforma_na_escola_comunidade_rural_verdes.pdf</t>
   </si>
   <si>
     <t>Requer que a Administração junto a Secretaria de Obra, realize os serviços de reforma/melhoramento na escola da comunidade rural Verdes.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/559/requerimento_no_131-2021_-_solicita_a_celebracao_de_casamento_civil_comunitario.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/559/requerimento_no_131-2021_-_solicita_a_celebracao_de_casamento_civil_comunitario.pdf</t>
   </si>
   <si>
     <t>Requer a Administração junto a Secretaria de Assistência Social, viabilize com parceria  através das formalidades exigidas pelo cartório do registro civil, a celebração de casamento civil comunitário no Município de Santana do Seridó.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/561/requerimento_no_132-2021_-_solicita_providencias_com_o_maquinario_que_realiza_o_servico_de_conserto_de_vazamento_existente_no_conhemento_acude_de_pereira.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/561/requerimento_no_132-2021_-_solicita_providencias_com_o_maquinario_que_realiza_o_servico_de_conserto_de_vazamento_existente_no_conhemento_acude_de_pereira.pdf</t>
   </si>
   <si>
     <t>Solicita que a Administração Municipal adote as providencias cabíveis, com o maquinário de que dispõe, no sentido de realizar o serviço de conserto/reparação do vazamento existente no conhecido Açude de Pereira, na comunidade São Bento.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/562/requerimento_no_132-2021_-_solicita_requer_urgencia_no_projeto_de_resolucao_no_002-2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/562/requerimento_no_132-2021_-_solicita_requer_urgencia_no_projeto_de_resolucao_no_002-2021.pdf</t>
   </si>
   <si>
     <t>Requer que o Projeto de Resolução n°002/2021 que dispõe sobre abertura de crédito suplementar no orçamento da Câmara Municipal de Santana do Seridó.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/565/requerimento_no_134-2021_-_solicita_providenciar_para_destinar_e_instalar_um_computador_acoplado_com_impressora_na_rede_da_banda_musical.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/565/requerimento_no_134-2021_-_solicita_providenciar_para_destinar_e_instalar_um_computador_acoplado_com_impressora_na_rede_da_banda_musical.pdf</t>
   </si>
   <si>
     <t>Requer que a Administração Municipal junto a Secretaria competente, viabilize providencias para destinar e instalar um computador acoplado com impressora na sede da banda de música do município, como também, a instalação de um ar condicionado para climatizar a sala onde os componentes da Banda realiza os ensaios.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/566/requerimento_no_133-2021_-_solicita_convenio_objetivo_realizar_programa_justica_e_escola.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/566/requerimento_no_133-2021_-_solicita_convenio_objetivo_realizar_programa_justica_e_escola.pdf</t>
   </si>
   <si>
     <t>Requer que a Administração Municipal, através da Secretaria de Educação, viabilize ao Tribunal de Justiça do Rio Grande do Norte a possibilidade de ser formalizado convenio com o objetivo de realizar o Programa Justiça e Escola, a ser executado na rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/569/requerimento_no_136-2021_-_solicita_urgencia_no_projeto_de_lei_no_04-2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/569/requerimento_no_136-2021_-_solicita_urgencia_no_projeto_de_lei_no_04-2021.pdf</t>
   </si>
   <si>
     <t>Requer que o Projeto de Lei n°004/2021, seja incluído na ordem do dia da sessão prevista para o dia 06/12/2021.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/573/requerimento_no_137-2021_-_solicita_colocar_recipientes_coletores_de_lixo_em_pontos_estrategicos_das_ruas.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/573/requerimento_no_137-2021_-_solicita_colocar_recipientes_coletores_de_lixo_em_pontos_estrategicos_das_ruas.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada  providencias, no sentido de colocar recipientes coletores de lixo em pontos estratégicos das ruas de Santana do Seridó.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/574/requerimento_no_136-2021_-_solicita_aquisicao_de_ventiladores_a_serem_destinados_para_uso_na_unidade_de_saude.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/574/requerimento_no_136-2021_-_solicita_aquisicao_de_ventiladores_a_serem_destinados_para_uso_na_unidade_de_saude.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciada a aquisição de ventiladores a serem destinados para a unidade de saúde da comunidade rural Tuiuiú.</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/118/mocao_de_pesar_no_01-2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/118/mocao_de_pesar_no_01-2021.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Sr. Romildo Azevedo dos Santos (Formiga Preta).</t>
   </si>
   <si>
     <t>Moção de Pesar do Falecimento da Senhora Graça Macedo.</t>
   </si>
   <si>
     <t>Moção de Orlando José Bezerra.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/140/mocao_de_pesar_no_06-2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/140/mocao_de_pesar_no_06-2021.pdf</t>
   </si>
   <si>
     <t>Moção de José Paulino Batista dos Santos.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/145/mocao_de_pesar_no_05-2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/145/mocao_de_pesar_no_05-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar do Senhor Alcides Batista de Medeiros.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Senhor Francisco Assis de Medeiros, Chico do PT.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/151/mocao_de_pesar_no_08-2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/151/mocao_de_pesar_no_08-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar da Senhora Maria Aristides de Araújo.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/160/mocao_de_apoio_no_09-2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/160/mocao_de_apoio_no_09-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio, para a bancada dos Deputados Federais no RN, de duas PECs que tramitam na Câmara Federal, valorizando os ganhos financeiros e vantagens para Funcionários da Saúde e demais funcionários de outros setores.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/174/mocao_de_pesar_no_10-2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/174/mocao_de_pesar_no_10-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar para o Senhor Damião Medeiros de Oliveira.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/190/mocao_de_pesar_no_12-2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/190/mocao_de_pesar_no_12-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar para Senhora Maria Das Dores de Azevedo.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/196/mocao_de_pesar_no_13-2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/196/mocao_de_pesar_no_13-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar para Jamilson Damião dos Santos.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/215/mocao_de_pesar_no_15-2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/215/mocao_de_pesar_no_15-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar para Lúcia Edith dos Santos Araújo.</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>Portarias</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/1/portaria_01.2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/1/portaria_01.2021.pdf</t>
   </si>
   <si>
     <t>Presidente da Câmara Municipal de Santana do Seridó, Estado do_x000D_
 Rio Grande do Norte, no uso das atribuições regimentais que lhes_x000D_
 são conferidas, Nomear a partir do dia 04/01/2021 o Sr. EDMILSON ALMEIDA_x000D_
 DA SILVA, no cargo comissionado de Secretário Financeiro_x000D_
 (CC-2) da Câmara Municipal.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/2/portaria_02.2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/2/portaria_02.2021.pdf</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Santana do Seridó, Estado do_x000D_
 Rio Grande do Norte, no uso das atribuições regimentais que lhes_x000D_
 são conferidas e, ainda, considerando que os cargos comissionados_x000D_
 da Câmara Municipal, Nomear a partir do dia 04/01/2021 a Srª RITA DE CÁSSIA_x000D_
 MORAIS SANTOS, no cargo comissionado de Secretária_x000D_
 Administrativa.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/3/portaria_03.2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/3/portaria_03.2021.pdf</t>
   </si>
   <si>
     <t>DESIGNAÇÃO_x000D_
 PORTARIA Nº 003/2020_x000D_
 O Presidente da Câmara Municipal de Santana do Seridó/RN, no_x000D_
 uso de suas atribuições legais,_x000D_
 Resolve: Art. 1º Designar a(s) pessoa(s) abaixo qualificada(s) como_x000D_
 “Usuário Gerenciador” da Câmara Municipal de Santana do Seridó,_x000D_
 na operação do Portal do Gestor do TCE-RN, conforme Portaria n°_x000D_
 070/2019-GP/TCE:_x000D_
 Cargo: Contadora_x000D_
 Matrícula: 024_x000D_
 CPF nº: 020.XXX.XXX-35</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/4/portaria_04.2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/4/portaria_04.2021.pdf</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Santana do Seridó, Estado do Rio Grande do Norte, no uso de suas atribuições: RESOLVE: Art.  1º Nomear os Servidores abaixo indicados para formação da COMISSÃO PERMANENTE DE LICITAÇÃO da Câmara Municipal de Santana do Seridó. ROBERTO PEREIRA DANTAS JÚNIOR – PRESIDENTE LUCICLÉIA GARCIA DANTAS DE SENA – MEMBRO TITULARMARIA DAS VITÓRIAS DE MACEDO OLIVEIRA – MEMBRO_x000D_
 TITULAR EDMILSON ALMEIDA DA SILVA – 1º SUPLENTE Art. 2º O Presidente e os membros titulares da COMISSÃO PERMANENTE DE LICITÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/6/portaria_de_diaria_01.2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/6/portaria_de_diaria_01.2021.pdf</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Santana do Seridó/RN, no uso de suas atribuições legais, RESOLVE: Art. 1º - Fica autorizado ao Senhor EDIMILSON ALMEIDA DA SILVA, Secretário Financeiro da Câmara Municipal, para na qualidade de relação externa do Poder Legislativo Santanense, a realizar viagem à cidade de Caicó/RN.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/7/portaria_de_diaria_02.2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/7/portaria_de_diaria_02.2021.pdf</t>
   </si>
   <si>
     <t>O Vice-Presidente da Câmara Municipal de Santana do Seridó/RN, no uso de suas atribuições legais, Art. 1º - Fica autorizado ao Senhor JUAREZ BEZERRA DE AZEVEDO, Presidente da Câmara Municipal, para na qualidade de relação externa do Poder Legislativo Santanense, a realizar viagem_x000D_
 à cidade de Caicó/RN.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/18/portaria_de_diaria_03.2021.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/18/portaria_de_diaria_03.2021.pdf</t>
   </si>
   <si>
     <t>Fica autorizado a Senhora ALANNA ALEXANDRE DE ARAUJO, ASSISTENTE ADMINISTRATIVO da Câmara Municipal, para na qualidade de relação externa do Poder Legislativo Santanense, a realizar viagem à cidade de Natal/RN, para participar de uma capacitação sobre emissão de identidades no ITEP/RN.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/19/portaria_no_06-2021_-_exonerar_rita_de_cassia_morais_santos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/19/portaria_no_06-2021_-_exonerar_rita_de_cassia_morais_santos.pdf</t>
   </si>
   <si>
     <t>EXONERAR A PARTIR DO DIA 13/01/2021, A SERVIDORA RITA DE CASSIA MORAIS SANTOS, NO CARGO COMISSIONADO DE SECRETARIA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE SANTANA DO SERIDÓ/RN.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/20/portaria_no_06d-2021_-_autoriza_sr_flavio_azevedo_de_macedo.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/20/portaria_no_06d-2021_-_autoriza_sr_flavio_azevedo_de_macedo.pdf</t>
   </si>
   <si>
     <t>FICA AUTORIZADO AO SENHOR FLAVIO AZEVEDO DE MACEDO, VEREADOR, PARA NA QUALIDADE DE RELAÇÃO EXTERNA DO PODER LEGISLATIVO SANTANENSE, REALIZAR VIAGEM A CIDADE DE NATAL/RN, NO DIA 31 DE MAIO, COM O OBJETIVO DE COMPARECER AO CENTRO ADMINISTRATIVO DO ESTADO PARAUMA REUNIÃO COM A GOVERNADORA FÁTIMA BEZERRA, A FIM DE FAZER REIVINDICAÇÕES SOBRE OS SEUS REQUERIMENTOS.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/21/portaria_no_07-2021_-_designar_juliane_enedina_da_silva_rufino.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/21/portaria_no_07-2021_-_designar_juliane_enedina_da_silva_rufino.pdf</t>
   </si>
   <si>
     <t>DESIGNAR A SERVIDORA JULIANE ENEDINA DA SILVA RUFINO, SERVIDORA OCUPANTE DO CARGO COMISSIONADO DE ASSESSORA JURÍDICA, PARA DESEMPENHAR CUMULATIVAMENTE O CONTROLE INTERNO DA CÂMARA MUNICIPAL DE SANTANA DO SERIDÓ, COM AS ATRIBUIÇÕES DESCRITAS NA LEI MUNICIPAL 511, DE 07/04/2017.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/22/portaria_no_08-2021_-_concede_assiduidade_a_lucicleia_garcia_dantas_de_sena.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/22/portaria_no_08-2021_-_concede_assiduidade_a_lucicleia_garcia_dantas_de_sena.pdf</t>
   </si>
   <si>
     <t>Conceder à Servidora do quadro efetivo da Câmara Municipal de Santana do Seridó, Sr.a LUCICLÉIA GARCIA DANTAS DE SENA, Licença por Assiduidade pelo período de 3 (três) meses com a remuneração do cargo efetivo, contados no período compreendido d 01/02/2021 a 01/05/2021.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/23/portaria_no_08d-2021_-_autoriza_sra_alanna_alexandre_de_araujo.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/23/portaria_no_08d-2021_-_autoriza_sra_alanna_alexandre_de_araujo.pdf</t>
   </si>
   <si>
     <t>Fica autorizado a Senhora ALANNA ALEXANDRE DE ARAUJO, ASSISTENTE ADMINISTRATIVO da Câmara Municipal, para na qualidade de relação externa do Poder Legislativo Santanense, realizar viagem à cidade de Natal/RN, no dia 1º de julho, para processo de finalização das Emissões de Carteiras de Identidades, no ITEP/RN.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/24/portaria_no_09-2021_-_autoriza_ricardo_jose_de_medeiros.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/24/portaria_no_09-2021_-_autoriza_ricardo_jose_de_medeiros.pdf</t>
   </si>
   <si>
     <t>Fica autorizado ao Senhor RICARDO JOSÉ DE MEDEIROS, VEREADOR da Câmara Municipal, para na qualidade de relação externa do Poder Legislativo Santanense, realizar viagem à cidade de Natal/RN. no dia 16 de julho, para participar de uma reunião com o Secretário de Agricultura, Guilherme Morais Saldanha, a fim de buscar melhorias para o município.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/25/portaria_no_09-2021_-_nomear_comissao_permanente_de_licitacao.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/25/portaria_no_09-2021_-_nomear_comissao_permanente_de_licitacao.pdf</t>
   </si>
   <si>
     <t>Nomear os Servidores abaixo indicados para formação da COMISSÃO PERMANENTE DE LICITAÇÃO da Câmara Municipal de Santana do Seridó. •ROBERTO PEREIRA DANTAS JÚNIOR PRESIDENTE • EDMILSON ALMEIDA DA SILVA — MEMBRO TITULAR • MARIA DAS VITÓRIAS DE MACEDO OLIVEIRA —MEMBRO TITULAR</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/26/portaria_no_10-2021_-_nomear_pregoeiro_sr_almir_dos_santos.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/26/portaria_no_10-2021_-_nomear_pregoeiro_sr_almir_dos_santos.pdf</t>
   </si>
   <si>
     <t>Nomear o senhor ALMIR DOS SANTOS SILVA, como Pregoeiro Oficial desta Câmara Municipal de Vereadores para o exercício de 2021.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/27/portaria_no_10d-2021_-_autoriza_viagem_a_sra_maria_das_vitorias_de_macedo_oliveira.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/27/portaria_no_10d-2021_-_autoriza_viagem_a_sra_maria_das_vitorias_de_macedo_oliveira.pdf</t>
   </si>
   <si>
     <t>Fica autorizado a Senhora MARIA DAS VITÓRIAS DE MACÊDO OLIVEIRA, CONTADORA da Câmara Municipal, para na qualidade de relação externa do Poder Legislativo Santanense, realizar viagem à cidade de Cruzeta/RN, no dia 18 de julho, para participar de um CURSO BÁSICO SOBRE LICITAÇÃO, com carga horária de oito horas, na câmara municipal.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/28/portaria_no_11-2021_-_estabelece_procedimento_preventivos_relacionados_ao_covid-19.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/28/portaria_no_11-2021_-_estabelece_procedimento_preventivos_relacionados_ao_covid-19.pdf</t>
   </si>
   <si>
     <t>ESTABELECER QUE A PARTIR DO DIA 1 DE MARÇO DE 2021, AS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL SERÃO REALIZADAS SEM ACESSO DO PÚBLICO E LIMITADA A PRESENÇA DOS VEREADORES, SERVIDORES/ASSESSORES DA CÂMARA E, QUANDO AUTORIZADO, AO PESSOAL DA COMUNICAÇÃO, SENDO OBRIGATÓRIO O USO DE MÁSCARA. CONSIDERANDO A NECESSIDADE DE PRECAUÇÃO CONTRA AS POSSIBILIDADES DE CONTÁGIO DO NOVO CORONA VÍRUS (COVID-19)</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/29/portaria_no_11-2021_-_suspende_expediente.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/29/portaria_no_11-2021_-_suspende_expediente.pdf</t>
   </si>
   <si>
     <t>SUSPENDER O EXPEDIENTE FUNCIONAL E AS ATIVIDADES LEGISLATIVAS DA CÂMARA MUNICIPAL DE SANTANA DO SERIDÓ, NOS DIAS 15 E 16 DE FEVEREIRO DE 2021, FICANDO ESTABELECIDA A 1 SESSÃO DE ABERTURA DO PERIODO ORDINÁRIO PARA O DIA 22 DE FEVEREIRO.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/30/portaria_no_11d-2021_-_autoriza_sr_flavio_azevedo_de_macedo.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/30/portaria_no_11d-2021_-_autoriza_sr_flavio_azevedo_de_macedo.pdf</t>
   </si>
   <si>
     <t>FICA AUTORIZADO AO SR FLAVIO AZEVEDO DE MACEDO, VEREADOR DA CÂMARA MUNICIPAL, PARA NA QUALIDADE DE RELAÇÃO EXTERNA DO PODER LEGISLATIVO SANTANENSE, REALIZAR VIAGEM A CIDADE DE BRASILIA/DF, PARA PARTICIPAR DA XX MARCHA DOS VEREADORES DE 24 A 27 DE AGOSTO EM BRASÍLIA.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/31/portaria_no_12-2021_-_concede_gozo_de_ferias_a_edmilson_almeida_da_silva.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/31/portaria_no_12-2021_-_concede_gozo_de_ferias_a_edmilson_almeida_da_silva.pdf</t>
   </si>
   <si>
     <t>CONCEDER FÉRIAS REGULAMENTARES DE 30 DIAS AO SERVIDOR EDMILSON ALMEIDA DA SILVA, SECRETÁRIO FINANCEIRO DA CÂMARA MUNICIPAL DA CÂMARA MUNICIPAL DE SANTANA DO SERIDÓ, A SER USUFRUIDA NO PERÍODO DE 02/03/2021 A 31/03/2021</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/32/portaria_no_12d-2021_-_autoriza_viagem_ao_sr_flavio_azevedo_de_macedo.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/32/portaria_no_12d-2021_-_autoriza_viagem_ao_sr_flavio_azevedo_de_macedo.pdf</t>
   </si>
   <si>
     <t>FICA AUTORIZADO AO SR FLAVIO AZEVEDO DE MACEDO, VEREADOR NA CÂMARA MUNICIPAL, PARA NA QUALIDADE DE RELAÇÃO EXTERNA DO PODER LEGISLATIVO SANTANENSE, REALIZAR VIAGEM A CIDADE DE NATAL/RN PARA PARTICIPAR DE UMA AUDIÊNCIA COM A GOVERANDORA DO ESTADO, FÁTIMA BEZERRA, SOBRE O PROGRAMA MORADIA VERDE E AMARELO.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/33/portaria_no_13-2021_-_autoriza_o_sr_edmilson_almeida_da_silva.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/33/portaria_no_13-2021_-_autoriza_o_sr_edmilson_almeida_da_silva.pdf</t>
   </si>
   <si>
     <t>FICA AUTORIZADO AO SENHOR EDMILSON ALMEIDA DA SILVA, SECRETÁRIO FINANCEIRO DA CÂMARA MUNICIPAL, PARA NA QUALIDADE DE RELAÇÃO EXTERNA DO PODER LEGISLATIVO SANTANENSE, REALIZAR VIAGEM A CIDADE DE NATAL/RN, NO DIA 29 DE SETEMBRO PARA ATENDIMENTO NO ITEP A FIM DE REALIZAR FINALIZAÇÕES DE RG.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/34/portaria_no_14-2021_-_autoriza_sra_maria_eufrasia_farias_de_oliveira.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/34/portaria_no_14-2021_-_autoriza_sra_maria_eufrasia_farias_de_oliveira.pdf</t>
   </si>
   <si>
     <t>FICA AUTORIZADO A SENHORA MARIA EUFRASIA FARIAS DE OLIVEIRA, PARA NA QUALIDADE DE RELAÇÃO EXTERNA DO PODER LEGISLATIVO SANTANENSE, REALIZAR VIAGEM A CIDADE DE PARELHAS/RN, NO DIA 29 DE OUTUBRO PARA TREINAMENTO SOBRE CARTEIRAS DE IDENTIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/85/portaria_no_14-2021_-_concede_gozo_de_ferias.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/85/portaria_no_14-2021_-_concede_gozo_de_ferias.pdf</t>
   </si>
   <si>
     <t>Conceder gozo de férias a funcionaria desta Camara Municipal a Sra MARIA DAS VITORIAS DE MACEDO OLIVEIRA, no período compreendido entre 19/ 10/2021 a 17/11/2021, conforme requerido pelo funcionário.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/86/portaria_no_14-2021_-_suspensao_das_atividades_legislativas.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/86/portaria_no_14-2021_-_suspensao_das_atividades_legislativas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a suspensão das atividades legislativas e restringe o funcionamento administrativo da Câmara Municipal de Santana do Seridó, com a adoção de procedimentos preventivos relacionados à pandemia do coronavirus (covid-19).</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/87/portaria_no_15-2021_-_retomada_das_sessoes_e_demais_atividades_legislativa.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/87/portaria_no_15-2021_-_retomada_das_sessoes_e_demais_atividades_legislativa.pdf</t>
   </si>
   <si>
     <t>Fica estabelecida a retomada de realização das sessões ordinárias e das demais atividades legislativas realizadas no prédio-sede da Câmara Municipal a partir do dia 12/04/2021. _x000D_
 As sessões da Câmara Municipal serão realizadas sem acesso do público e limitada à presença dos Vereadores além dos seus Servidores/Assessores e; quando autorizado, ao pessoal da comunicação, sendo obrigatório o uso de máscara e que atenda outras exigências que forem adotadas como medidas higienicossanitárias.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/88/portaria_no_15d-2021_-_autoriza_edmilson_almeida_da_silva.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/88/portaria_no_15d-2021_-_autoriza_edmilson_almeida_da_silva.pdf</t>
   </si>
   <si>
     <t>Fica autorizado ao Senhor EDMILSON ALMEIDA DA SILVA, Secretário Financeiro, para na qualidade de relação externa do Poder Legislativo Santanense, realizar viagem à cidade de Jardim do Seridó/RN, no dia 30 de novembro, para treinamento sobre finalização de Carteira de Identidade.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/89/portaria_no_16-2021_-_concede_gozo_de_farias_a_lucicleia_garcia_dantas_de_sena.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/89/portaria_no_16-2021_-_concede_gozo_de_farias_a_lucicleia_garcia_dantas_de_sena.pdf</t>
   </si>
   <si>
     <t>CONCEDER GOZO DE FÁRIAS A SERVIDORA LUCICLEIA GARCIA DANTAS DE SENA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/90/portaria_no_17-2021_-_suspende_expediente.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/90/portaria_no_17-2021_-_suspende_expediente.pdf</t>
   </si>
   <si>
     <t>SUSPENSÃO DAS ATIVIDADES LEGISLATIVAS E RESTRIÇÃO DO FUNCIONAMENTO ADMINISTRATIVO DA CÂMARA MUNICIPAL DE SANTANA DO SERIDÓ COM A ADOÇÃO DE PROCEDIMENTOS PREVENTIVOS REALCIONADOS A PANDEMIA DO CORONAVIRUS.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/91/portaria_no_18-2021_-_suspensao_das_atividades.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/91/portaria_no_18-2021_-_suspensao_das_atividades.pdf</t>
   </si>
   <si>
     <t>PRORROGAÇÃO DA PORTARIA QUE DISPÕE SOBRE A SUSPENSÃO DAS ATIVIDADES DA CÂMARA EM DECORRÊNCIA DA PANDEMIA DE CORONAVIRUS.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/92/portaria_no_19-2021_-_exonerar_lucicleia_garcia_dantas_de_sena_2.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/92/portaria_no_19-2021_-_exonerar_lucicleia_garcia_dantas_de_sena_2.pdf</t>
   </si>
   <si>
     <t>EXONERAR, A PEDIDO, A SERVIDORA PÚBLICA MUNICIPAL LUCICLEIA GARCIA DANTAS DE SENA.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/94/portaria_no_03-2020_-_designa_gerenciador_do_portal_do_gestor_tce_rn.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/94/portaria_no_03-2020_-_designa_gerenciador_do_portal_do_gestor_tce_rn.pdf</t>
   </si>
   <si>
     <t>DESIGNAR USUÁRIO GERENCIADOR DO PORTAL DO GESTOR</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>PAC</t>
   </si>
   <si>
     <t>Pauta/Ata das Comissões</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/316/001_-_dispoe_sobre_autorizacao_para_formalizacao_e_implementacao_de_convenios.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/316/001_-_dispoe_sobre_autorizacao_para_formalizacao_e_implementacao_de_convenios.pdf</t>
   </si>
   <si>
     <t>Pauta das Atas das Comissões convênio.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/325/001_-_dispoe_sobre_a_jordana_de_trabalho_dos_servidors_publicos_1.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/325/001_-_dispoe_sobre_a_jordana_de_trabalho_dos_servidors_publicos_1.pdf</t>
   </si>
   <si>
     <t>Comissão de Constituição, Legislação Justiça e Redação, jornada de trabalho dos Servidores.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/338/003_-_proibe_vender_ou_permutar_imoveis_de_prog._habitacionais.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/338/003_-_proibe_vender_ou_permutar_imoveis_de_prog._habitacionais.pdf</t>
   </si>
   <si>
     <t>Matéria de Apreciação, fica proibido vender ou permutar Imóveis Presidenciais Adquiridos.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/350/005_-_dispoe_sobre_o_plano_plurianual_para_os_exercicios_2022_a_2025.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/350/005_-_dispoe_sobre_o_plano_plurianual_para_os_exercicios_2022_a_2025.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças Orçamento e Tributação Composição Plano Plurianual de Governo.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/364/006_-_dispoe_sobre_a_elaboracao_da_loa_2022.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/364/006_-_dispoe_sobre_a_elaboracao_da_loa_2022.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento Tributação Composição Elaboração da Lei Orçamentária.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/373/012_-_dispoe_a_criacao_do_programa_social_cidadao_santanense.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/373/012_-_dispoe_a_criacao_do_programa_social_cidadao_santanense.pdf</t>
   </si>
   <si>
     <t>Comissão de Legislação, Justiça e Redação Criação de Comissão para famílias em condições de vulnerabilidade.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/389/013_-_estima_a_receita_e_fixa_a_despesa_para_2022.pdf</t>
+    <t>http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/389/013_-_estima_a_receita_e_fixa_a_despesa_para_2022.pdf</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamentária  para o Exercício LOA 2022 à 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2436,68 +2436,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/709/6._decreto_legislativo_-_resultado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/8/requerimento_no_001-2021_-_solicita_servico_de_reforma_na_lavanderia_publica_da_comunidade_lajinha.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_no_002-2021_-_solicita_funcionamento_do_posto_medico_da_comunidade_rural_verdes.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_no_003-2021_-_solicita_reposicao_de_luminarias_nos_postes_da_academia_levi_morais.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_no_005-2021_-_solicita_servico_de_mata_burros_localizado_na_comunidade_saco_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_no_006-2021_-_solicita_que_a_secretaria_de_obras_adote_no_almoxarifado_um_estoque_reserva_de_material_eletrico.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/119/requerimento_no_007-2021_-_solicita_a_arbonizacao_nos_canteiros_da_praca_e_demais_espacos_publicos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento_no_008-202_-_solicitarecuperancao_da_parede_do_acude_mais_conhecimento_como_acude_da_emergencia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/146/requerimento_no_011-2021_-_solicita_servico_de_podacao_das_arvores.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento_no_012-2021_-_solicita_urgencia_no_projeto_de_lei_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_no_013-2021_-_solicita_que_seja_construida_uma_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/159/requerimento_no_014-2021_-_solicita_substituicao_de_pecas_da_estritura_de_madeira_que_torna_a_ponte_da_pracinha.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_no_015-2021_-_solicita_cronograma_de_realizacao_da_campanha_de_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_no_016-2021_-_solicita_aquisicao_de_material_cirurgicos.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_no_017-2021_-_solicita_servico_de_manutencao_no_predio_da_unidade_basica.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_no_018-2021_-_solicita_instalacao_de_climatizacao_ar_condicionado_na_sala_utilizada.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_no_019-2021_-_solicita_servico_de_reforma_das_caixas_d_agua_instaladas_nas_comunidades_rurais.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_no_020-2021_-_solicita_melhoramento_no_predio_do_dessalinizador_da_comunidade_sao_bento.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/200/requerimento_no_021-2021_-_solicita_servico_de_revestimento_no_piso_na_ares_dos_arruamentos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_no_022-2021_-_solicita_que_seja_realizado_o_servico_de_melhoramento_no_piso_da_passagem_molhada.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento_no_023-2021_-_solicita_estabeleca_um_cronograma_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_no_024-2021_-_solicita_providencias_cabiveis_na_contrucao_da_passagem_molhada_sobre_o_rio_sao_bento.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_no_025-2021_-_solicita_aquisicao_de_vacina_contra_covid-19.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_no_026-2021_-_solicita_servico_de_reforma_na_escola_municipal_professor_aprigio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_no_027-2021_-_solicita_breviedade_a_iluminacao_da_parte_externa_do_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_no_028-2021_-_solicita_recuperacao-melhorias_atraves_de_tapa_buracos_no_trecho_da_rn_086.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_029-2021_-_solicita_providenciar_arborizacao_e_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_no_030-2021_-_solicita_instalar_um_parque_infantil_na_academia_levi_morais.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_no_032-2021_-_solicita_climatizacao_ambiental_das_escolas_publicas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_no_033-2021_-_solicita_servicos_de_corte_de_terra.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_no_034-2021_-_solicita_aquisicao_de_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_no_035-2021_-_solicita_que_seja_aprazada_uma_audiencia_publica_na_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_no_036-2021_-_solicita_viabilize_providencias.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_no_037-2021_-_solicita_teste_rapido_de_covid-19_para_atender_trabalhadores_de_industria_ceramicas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_no_038-2021_-_solicita_colocacao_de_coletores_de_lixo_em_locais_estrategicos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_no_039-2021_-_solicita_construcao_de_uma_lagoa_de_captacao_e_tratamento.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_no_040-2021_-_solicita_servico_para_receber_as_reclamacoes_e_demandas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/273/requerimento_no_041-2021_-_solicita_inspensao_e_avaliacao_estrutural_das_unidades_educacionais_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_no_042-2021_-_solicita_construcao_de_banheiros_no_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_no_043-2021_-_solicita_projeto_de_lei_instituindo_o_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento_no_044-2021_-_solicita_aos_deputados_apoiar_e_votar_favoravel_o_piso_nacional_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/285/requerimento_no_045-2021_-_solicita_servico_de_caralogacao_e_tombamento_do_bens_patrimoniais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_no_046-2021_-_solicita_que_consern_preste_esclarecimento_sobre_as_razoes_sobras_constantes_quedas_de_energia_que_vem_ocorrendo_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_no_047-2021_-_solicita_que_a_administracao_disponibilize_uniforme_completo_para_os_garis.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_no_048-2021_-_solicita_construcao_de_uma_cobertura_para_estacionamento_de_carros.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_no_049-2021_-_solicita_que_seja_realizado_servico_de_recuperacao_nas_estradas_vicinais.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/441/requerimento_no_050-2021_-_solicita_instalacao_dos_pocos_tubulares.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/442/requerimento_no_051-2021_-_solicita_construir_alguns_mata_burros.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/445/requerimento_no_052-2021_-_solicita_servico_de_manutencao_em_todos_os_mata_burros.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/446/requerimento_no_053-2021_-_solicita_servico_de_reforma_e_pintura_da_fachada_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/448/requerimento_no_054-2021_-_solicita_tomar_medidas_que_objetivem_a_aquisicao_de_coletrores_de_entulho_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/450/requerimento_no_055-2021_-_solicita_instalacao_de_bueiros_e_alargamento_em_pontos_criticos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/451/requerimento_no_056-2021_-_solicita_contratacao_de_empresa_especializada_em_grama_sintetica_para_elaborar_um_projeto_para_o_ginario_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/452/requerimento_no_057-2021_-_solicita_adquiridos_dois_postes_no_estadio_municipal_luciano_de_souza_barreto.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/453/requerimento_no_058-2021_-_solicita_servico_de_limpeza_e_recapinacao_na_praca_da_saida_de_sao_jose_do_sabugi.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/454/requerimento_no_059-2021_-_solicita_criacao_da_escola_legislativa.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/455/requerimento_no_060-2021_-_solicita_aquisicao_atraves_de_doacao_de_trilhas_da_via_ferrea.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/456/requerimento_no_061-2021_-_solicita_aquisicao_de_novos_equipamentos_e_ferramentas.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_no_062-2021_-_solicita_aquisicao_de_equipamentos_e_maquinarios_agricolas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_no_063-2021_-_solicita_aquisicao_do_sistema_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_no_064-2021_-_solicita_instalacao_de_energia_solar_no_predio_da_sede_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/460/requerimento_no_065-2021_-_solicita_servico_de_limpeza_nos_equipamentos_dessalinizadores_instalados_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/461/requerimento_no_066-2021_-_solicita_realizar_servico_de_construcao_do_curral_do_matadouro.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/462/requerimento_no_067-2021_-_solicita_instalacao_de_luminarias_nos_postes_da_rua_geralda_gomes_de_azevedo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_no_068-2021_-_solicita_servico_de_recuperacao_de_malha_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/464/requerimento_no_069-2021_-_solicita_construcao_de_vestiario.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/465/requerimento_no_070-2021_-_solicita_servico_de_restauracao_e_pintura_nas_paredes_do_ginasio_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_no_071-2021_-_solicita_urgencia_no_projeto_de_resolucao_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/467/requerimento_no_072-2021_-_solicita_providenciar_a_colocacao_de_material_asfaltico_na_av._zeze_aprigio.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/468/requerimento_no_073-2021_-_solicita_servico_de_pintura_nas_lombadas.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_074-2021_-_solicita_realizar_o_servico_de_rebaixamento_do_morro_da_ladeira_existente.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/470/requerimento_no_075-2021_-_solicita_servico_de_restauracao_e_melhoramento_nas_lavanderias_publicas.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/471/requerimento_no_076-2021_-_solicita_urgencia_no_projeto_de_resolucao_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/472/requerimento_no_077-2021_-_solicita_servico_de_reestruturacao_e_reforma_do_dessalinizador.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/473/requerimento_no_078-2021_-_solicita_implantacao_de_equipamentos_de_academia.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/474/requerimento_no_079-2021_-_solicita_destinacao_de_recursos_para_a_construcao_de_uma_escola_para_atender_o_ensino_infantil.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/475/requerimento_no_060-2021_-_solicita_maquina_perguratriz_para_atender_os_municipes.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/476/requerimento_no_081-2021_-_solicita_atraves_da_emenda_parlamentar_a_construcao_no_municipio_de_santana_do_serido.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/477/requerimento_no_082-2021_-_solicita_permitir_a_reabertura_da_academia_publica_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/478/requerimento_no_083-2021_-_solicita_construcao_de_30_cisternas.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_084-2021_-_solicita_construir_banheiros_publicos.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/480/requerimento_no_085-2021_-_solicita_dotar_o_ginasio_poliesportivo_um_placar_eletronico_e_um_sistema_de_som.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/481/requerimento_no_086-2021_-_solicita_servico_de_roco_e_revitalizacao_na_estrada_da_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/482/requerimento_no_087-2021_-_solicita_que_seja_disponibilizada_a_maquina_patrol_para_a_realizar_o_servico_de_roco_na_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/483/requerimento_no_088-2021_-_solicita_manutencao_na_sede_do_centro_de_apoio_a_comunidade_tuiuiu.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/484/requerimento_no_089-2021_-_solicita_designacao_de_uma_equipe_tecnica_da_sethas.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/485/requerimento_no_090-2021_-_solicita_realizar_a_sinalizacao_vertical_e_horizontal_da_area_urbana.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/489/requerimento_no_091-2021_-_solicita_alinhamento_das_ruas_de_santana_do_serido.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/491/requerimento_no_092-2021_-_solicita_colocacao_de_um_poste_de_iluminacao_publica_na_comunidade_rural_sao_bento.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/493/requerimento_no_093-2021_-_solicita_construir_rampas_de_acesso_em_todos_os_orgao_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/495/requerimento_no_094-2021_-_solicita_servico_de_pintura_na_praca_jose_bezerra_da_luz.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/496/requerimento_no_095-2021_-_solicita_atraves_da_emenda_parlamentar_construcao_de_pavimentacao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/503/requerimento_no_096-2021_-solicita_reaproveitamento_da_agua_que_diariamente_pe_desperdicada_por_varios_residencias.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/512/requerimento_no_097-2021_-_solicita_retirada_pedras_que_estao_situadas_nos_seguintes_trechos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/523/requerimento_no_098-2021_-_solicita_servico_de_meloramento_na_praca_zeze_aprigio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/526/requerimento_no_099-2021_-_solicita_construir_cisternas_de_captacao_de_agua_da_chuva.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/528/requerimento_no_100-2021_-_solicita_substituicao_de_todas_as_atuais_lampadas_dos_predios_publicos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/531/requerimento_no_101-2021_-_solicita_a_doacao_para_a_associacao_de_catadores.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/533/requerimento_no_102-2021_-_solicita_perfuracao_e_instalacao_de_pocos.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/540/requerimento_no_104-2021_-_solicita_providenciar_a_cobertura_do_espaco_de_estacionamento_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/541/requerimento_no_105-2021_-_solicita_climatizar_as_salas_de_aula_da_escola_municipal_professor_aprigio_e_da_creche_municipal.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/543/requerimento_no_106-2021_-_solicita_que_possa_designar_medico_veterinarios.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/544/requerimento_no_107-2021_-_solicita_programacao_destinada_a_realizacao_de_sessoes_itinerantes.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/547/requerimento_no_108-2021_-_solicita_um_vigilante_para_exercer_suas_atividades_no_local_conhecido_por_o_lindolfao.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/557/requerimento_no_109-2021_-_solicita_construcao_de_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/560/requerimento_no_110-2021_-_solicita_parceria_com_a_emater.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/563/requerimento_no_111-2021_-_solicita_implantacao_de_aulas_voltadas_especificamente_para_os_jovens_e_adultos.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/564/requerimento_no_112-2021_-_solicita_aquisicao_de_equipamentos_denominado_bomba_de_infusao.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/567/requerimento_no_113-2021_-_solicita_disponibilize_semanalmente_um_transporte_para_as_pessoas_das_comunidades_rurais_tuiuiu_e_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/568/requerimento_no_114-2021_-_solicita_que_a_camara_institua_oficialmente_a_logomarca_da_escola_legislativa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/570/requerimento_no_115-2021_-_solicita_reativacao_no_fucionamento_das_brinquedotecas_nas_comunidades_rurais.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/571/requerimento_no_116-2021_-_solicita_construcao_de_barreiros_e_pequenos_acudes.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/572/requerimento_no_117-2021_-_solicita_servico_de_reforma_no_imovel_onde_fuciona_a_creche_jose_bezerra_da_luz.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/575/requerimento_no_118-2021_-_solicita_reabertura_da_sala_de_jogos_do_ginasio_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/576/requerimento_no_119-2021_-_solicita_aquisicao_de_parque_insfantil_a_ser_instalado_no_balneario_publico.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/577/requerimento_no_120-2021_-_solicita_perfuracao_de_pocos.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/578/requerimento_no_121-2021_-_solicita_inserido_wifi_brasil.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/579/requerimento_no_122-2021_-_solicita_atendimento_medico_das_diversas_especializacoes.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_no_123-2021_-_solicita_aquisicao_de_equipamentos_computadore_e_impressoraras_para_unidades_de_saude_das_comunidades_rurais.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/581/requerimento_no_124-2021_-_solicita_inclusao_no_programa_denominado_linda.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/548/requerimento_no_125-2021_-_solicita_transporte_de_silagem_para_os_agricultores_do_municipio_de_santana_do_serido.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/550/requerimento_no_126-2021_-_solicita_restabelecidas_as_aulas_de_jiu-jitsu.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/551/requerimento_no_127-2021_-_solicita_colocacao_de_coletores_de_lixo_fixos.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/553/requerimento_no_128-2021_-_solicita_aquisicao_de_um_veiculo_para_a_secretaria_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/555/requerimento_no_129-2021_-_solicita_reforma_na_escola_comunidade_rural_verdes.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/559/requerimento_no_131-2021_-_solicita_a_celebracao_de_casamento_civil_comunitario.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/561/requerimento_no_132-2021_-_solicita_providencias_com_o_maquinario_que_realiza_o_servico_de_conserto_de_vazamento_existente_no_conhemento_acude_de_pereira.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/562/requerimento_no_132-2021_-_solicita_requer_urgencia_no_projeto_de_resolucao_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/565/requerimento_no_134-2021_-_solicita_providenciar_para_destinar_e_instalar_um_computador_acoplado_com_impressora_na_rede_da_banda_musical.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/566/requerimento_no_133-2021_-_solicita_convenio_objetivo_realizar_programa_justica_e_escola.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/569/requerimento_no_136-2021_-_solicita_urgencia_no_projeto_de_lei_no_04-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/573/requerimento_no_137-2021_-_solicita_colocar_recipientes_coletores_de_lixo_em_pontos_estrategicos_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/574/requerimento_no_136-2021_-_solicita_aquisicao_de_ventiladores_a_serem_destinados_para_uso_na_unidade_de_saude.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/118/mocao_de_pesar_no_01-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/140/mocao_de_pesar_no_06-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/145/mocao_de_pesar_no_05-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/151/mocao_de_pesar_no_08-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/160/mocao_de_apoio_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/174/mocao_de_pesar_no_10-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/190/mocao_de_pesar_no_12-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/196/mocao_de_pesar_no_13-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/215/mocao_de_pesar_no_15-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/1/portaria_01.2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/2/portaria_02.2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/3/portaria_03.2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/4/portaria_04.2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/6/portaria_de_diaria_01.2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/7/portaria_de_diaria_02.2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/18/portaria_de_diaria_03.2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/19/portaria_no_06-2021_-_exonerar_rita_de_cassia_morais_santos.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/20/portaria_no_06d-2021_-_autoriza_sr_flavio_azevedo_de_macedo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/21/portaria_no_07-2021_-_designar_juliane_enedina_da_silva_rufino.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/22/portaria_no_08-2021_-_concede_assiduidade_a_lucicleia_garcia_dantas_de_sena.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/23/portaria_no_08d-2021_-_autoriza_sra_alanna_alexandre_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/24/portaria_no_09-2021_-_autoriza_ricardo_jose_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/25/portaria_no_09-2021_-_nomear_comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/26/portaria_no_10-2021_-_nomear_pregoeiro_sr_almir_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/27/portaria_no_10d-2021_-_autoriza_viagem_a_sra_maria_das_vitorias_de_macedo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/28/portaria_no_11-2021_-_estabelece_procedimento_preventivos_relacionados_ao_covid-19.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/29/portaria_no_11-2021_-_suspende_expediente.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/30/portaria_no_11d-2021_-_autoriza_sr_flavio_azevedo_de_macedo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/31/portaria_no_12-2021_-_concede_gozo_de_ferias_a_edmilson_almeida_da_silva.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/32/portaria_no_12d-2021_-_autoriza_viagem_ao_sr_flavio_azevedo_de_macedo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/33/portaria_no_13-2021_-_autoriza_o_sr_edmilson_almeida_da_silva.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/34/portaria_no_14-2021_-_autoriza_sra_maria_eufrasia_farias_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/85/portaria_no_14-2021_-_concede_gozo_de_ferias.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/86/portaria_no_14-2021_-_suspensao_das_atividades_legislativas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/87/portaria_no_15-2021_-_retomada_das_sessoes_e_demais_atividades_legislativa.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/88/portaria_no_15d-2021_-_autoriza_edmilson_almeida_da_silva.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/89/portaria_no_16-2021_-_concede_gozo_de_farias_a_lucicleia_garcia_dantas_de_sena.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/90/portaria_no_17-2021_-_suspende_expediente.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/91/portaria_no_18-2021_-_suspensao_das_atividades.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/92/portaria_no_19-2021_-_exonerar_lucicleia_garcia_dantas_de_sena_2.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/94/portaria_no_03-2020_-_designa_gerenciador_do_portal_do_gestor_tce_rn.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/316/001_-_dispoe_sobre_autorizacao_para_formalizacao_e_implementacao_de_convenios.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/325/001_-_dispoe_sobre_a_jordana_de_trabalho_dos_servidors_publicos_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/338/003_-_proibe_vender_ou_permutar_imoveis_de_prog._habitacionais.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/350/005_-_dispoe_sobre_o_plano_plurianual_para_os_exercicios_2022_a_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/364/006_-_dispoe_sobre_a_elaboracao_da_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/373/012_-_dispoe_a_criacao_do_programa_social_cidadao_santanense.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/389/013_-_estima_a_receita_e_fixa_a_despesa_para_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/709/6._decreto_legislativo_-_resultado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/8/requerimento_no_001-2021_-_solicita_servico_de_reforma_na_lavanderia_publica_da_comunidade_lajinha.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_no_002-2021_-_solicita_funcionamento_do_posto_medico_da_comunidade_rural_verdes.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_no_003-2021_-_solicita_reposicao_de_luminarias_nos_postes_da_academia_levi_morais.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_no_005-2021_-_solicita_servico_de_mata_burros_localizado_na_comunidade_saco_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_no_006-2021_-_solicita_que_a_secretaria_de_obras_adote_no_almoxarifado_um_estoque_reserva_de_material_eletrico.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/119/requerimento_no_007-2021_-_solicita_a_arbonizacao_nos_canteiros_da_praca_e_demais_espacos_publicos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento_no_008-202_-_solicitarecuperancao_da_parede_do_acude_mais_conhecimento_como_acude_da_emergencia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/146/requerimento_no_011-2021_-_solicita_servico_de_podacao_das_arvores.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento_no_012-2021_-_solicita_urgencia_no_projeto_de_lei_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_no_013-2021_-_solicita_que_seja_construida_uma_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/159/requerimento_no_014-2021_-_solicita_substituicao_de_pecas_da_estritura_de_madeira_que_torna_a_ponte_da_pracinha.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_no_015-2021_-_solicita_cronograma_de_realizacao_da_campanha_de_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_no_016-2021_-_solicita_aquisicao_de_material_cirurgicos.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_no_017-2021_-_solicita_servico_de_manutencao_no_predio_da_unidade_basica.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento_no_018-2021_-_solicita_instalacao_de_climatizacao_ar_condicionado_na_sala_utilizada.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_no_019-2021_-_solicita_servico_de_reforma_das_caixas_d_agua_instaladas_nas_comunidades_rurais.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_no_020-2021_-_solicita_melhoramento_no_predio_do_dessalinizador_da_comunidade_sao_bento.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/200/requerimento_no_021-2021_-_solicita_servico_de_revestimento_no_piso_na_ares_dos_arruamentos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_no_022-2021_-_solicita_que_seja_realizado_o_servico_de_melhoramento_no_piso_da_passagem_molhada.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento_no_023-2021_-_solicita_estabeleca_um_cronograma_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_no_024-2021_-_solicita_providencias_cabiveis_na_contrucao_da_passagem_molhada_sobre_o_rio_sao_bento.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_no_025-2021_-_solicita_aquisicao_de_vacina_contra_covid-19.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_no_026-2021_-_solicita_servico_de_reforma_na_escola_municipal_professor_aprigio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_no_027-2021_-_solicita_breviedade_a_iluminacao_da_parte_externa_do_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_no_028-2021_-_solicita_recuperacao-melhorias_atraves_de_tapa_buracos_no_trecho_da_rn_086.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_029-2021_-_solicita_providenciar_arborizacao_e_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_no_030-2021_-_solicita_instalar_um_parque_infantil_na_academia_levi_morais.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_no_032-2021_-_solicita_climatizacao_ambiental_das_escolas_publicas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_no_033-2021_-_solicita_servicos_de_corte_de_terra.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_no_034-2021_-_solicita_aquisicao_de_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_no_035-2021_-_solicita_que_seja_aprazada_uma_audiencia_publica_na_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_no_036-2021_-_solicita_viabilize_providencias.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_no_037-2021_-_solicita_teste_rapido_de_covid-19_para_atender_trabalhadores_de_industria_ceramicas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_no_038-2021_-_solicita_colocacao_de_coletores_de_lixo_em_locais_estrategicos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_no_039-2021_-_solicita_construcao_de_uma_lagoa_de_captacao_e_tratamento.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento_no_040-2021_-_solicita_servico_para_receber_as_reclamacoes_e_demandas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/273/requerimento_no_041-2021_-_solicita_inspensao_e_avaliacao_estrutural_das_unidades_educacionais_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_no_042-2021_-_solicita_construcao_de_banheiros_no_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_no_043-2021_-_solicita_projeto_de_lei_instituindo_o_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento_no_044-2021_-_solicita_aos_deputados_apoiar_e_votar_favoravel_o_piso_nacional_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/285/requerimento_no_045-2021_-_solicita_servico_de_caralogacao_e_tombamento_do_bens_patrimoniais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_no_046-2021_-_solicita_que_consern_preste_esclarecimento_sobre_as_razoes_sobras_constantes_quedas_de_energia_que_vem_ocorrendo_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_no_047-2021_-_solicita_que_a_administracao_disponibilize_uniforme_completo_para_os_garis.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_no_048-2021_-_solicita_construcao_de_uma_cobertura_para_estacionamento_de_carros.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_no_049-2021_-_solicita_que_seja_realizado_servico_de_recuperacao_nas_estradas_vicinais.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/441/requerimento_no_050-2021_-_solicita_instalacao_dos_pocos_tubulares.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/442/requerimento_no_051-2021_-_solicita_construir_alguns_mata_burros.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/445/requerimento_no_052-2021_-_solicita_servico_de_manutencao_em_todos_os_mata_burros.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/446/requerimento_no_053-2021_-_solicita_servico_de_reforma_e_pintura_da_fachada_do_hospital.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/448/requerimento_no_054-2021_-_solicita_tomar_medidas_que_objetivem_a_aquisicao_de_coletrores_de_entulho_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/450/requerimento_no_055-2021_-_solicita_instalacao_de_bueiros_e_alargamento_em_pontos_criticos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/451/requerimento_no_056-2021_-_solicita_contratacao_de_empresa_especializada_em_grama_sintetica_para_elaborar_um_projeto_para_o_ginario_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/452/requerimento_no_057-2021_-_solicita_adquiridos_dois_postes_no_estadio_municipal_luciano_de_souza_barreto.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/453/requerimento_no_058-2021_-_solicita_servico_de_limpeza_e_recapinacao_na_praca_da_saida_de_sao_jose_do_sabugi.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/454/requerimento_no_059-2021_-_solicita_criacao_da_escola_legislativa.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/455/requerimento_no_060-2021_-_solicita_aquisicao_atraves_de_doacao_de_trilhas_da_via_ferrea.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/456/requerimento_no_061-2021_-_solicita_aquisicao_de_novos_equipamentos_e_ferramentas.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_no_062-2021_-_solicita_aquisicao_de_equipamentos_e_maquinarios_agricolas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_no_063-2021_-_solicita_aquisicao_do_sistema_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_no_064-2021_-_solicita_instalacao_de_energia_solar_no_predio_da_sede_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/460/requerimento_no_065-2021_-_solicita_servico_de_limpeza_nos_equipamentos_dessalinizadores_instalados_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/461/requerimento_no_066-2021_-_solicita_realizar_servico_de_construcao_do_curral_do_matadouro.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/462/requerimento_no_067-2021_-_solicita_instalacao_de_luminarias_nos_postes_da_rua_geralda_gomes_de_azevedo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_no_068-2021_-_solicita_servico_de_recuperacao_de_malha_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/464/requerimento_no_069-2021_-_solicita_construcao_de_vestiario.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/465/requerimento_no_070-2021_-_solicita_servico_de_restauracao_e_pintura_nas_paredes_do_ginasio_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_no_071-2021_-_solicita_urgencia_no_projeto_de_resolucao_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/467/requerimento_no_072-2021_-_solicita_providenciar_a_colocacao_de_material_asfaltico_na_av._zeze_aprigio.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/468/requerimento_no_073-2021_-_solicita_servico_de_pintura_nas_lombadas.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_074-2021_-_solicita_realizar_o_servico_de_rebaixamento_do_morro_da_ladeira_existente.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/470/requerimento_no_075-2021_-_solicita_servico_de_restauracao_e_melhoramento_nas_lavanderias_publicas.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/471/requerimento_no_076-2021_-_solicita_urgencia_no_projeto_de_resolucao_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/472/requerimento_no_077-2021_-_solicita_servico_de_reestruturacao_e_reforma_do_dessalinizador.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/473/requerimento_no_078-2021_-_solicita_implantacao_de_equipamentos_de_academia.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/474/requerimento_no_079-2021_-_solicita_destinacao_de_recursos_para_a_construcao_de_uma_escola_para_atender_o_ensino_infantil.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/475/requerimento_no_060-2021_-_solicita_maquina_perguratriz_para_atender_os_municipes.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/476/requerimento_no_081-2021_-_solicita_atraves_da_emenda_parlamentar_a_construcao_no_municipio_de_santana_do_serido.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/477/requerimento_no_082-2021_-_solicita_permitir_a_reabertura_da_academia_publica_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/478/requerimento_no_083-2021_-_solicita_construcao_de_30_cisternas.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_084-2021_-_solicita_construir_banheiros_publicos.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/480/requerimento_no_085-2021_-_solicita_dotar_o_ginasio_poliesportivo_um_placar_eletronico_e_um_sistema_de_som.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/481/requerimento_no_086-2021_-_solicita_servico_de_roco_e_revitalizacao_na_estrada_da_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/482/requerimento_no_087-2021_-_solicita_que_seja_disponibilizada_a_maquina_patrol_para_a_realizar_o_servico_de_roco_na_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/483/requerimento_no_088-2021_-_solicita_manutencao_na_sede_do_centro_de_apoio_a_comunidade_tuiuiu.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/484/requerimento_no_089-2021_-_solicita_designacao_de_uma_equipe_tecnica_da_sethas.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/485/requerimento_no_090-2021_-_solicita_realizar_a_sinalizacao_vertical_e_horizontal_da_area_urbana.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/489/requerimento_no_091-2021_-_solicita_alinhamento_das_ruas_de_santana_do_serido.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/491/requerimento_no_092-2021_-_solicita_colocacao_de_um_poste_de_iluminacao_publica_na_comunidade_rural_sao_bento.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/493/requerimento_no_093-2021_-_solicita_construir_rampas_de_acesso_em_todos_os_orgao_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/495/requerimento_no_094-2021_-_solicita_servico_de_pintura_na_praca_jose_bezerra_da_luz.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/496/requerimento_no_095-2021_-_solicita_atraves_da_emenda_parlamentar_construcao_de_pavimentacao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/503/requerimento_no_096-2021_-solicita_reaproveitamento_da_agua_que_diariamente_pe_desperdicada_por_varios_residencias.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/512/requerimento_no_097-2021_-_solicita_retirada_pedras_que_estao_situadas_nos_seguintes_trechos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/523/requerimento_no_098-2021_-_solicita_servico_de_meloramento_na_praca_zeze_aprigio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/526/requerimento_no_099-2021_-_solicita_construir_cisternas_de_captacao_de_agua_da_chuva.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/528/requerimento_no_100-2021_-_solicita_substituicao_de_todas_as_atuais_lampadas_dos_predios_publicos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/531/requerimento_no_101-2021_-_solicita_a_doacao_para_a_associacao_de_catadores.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/533/requerimento_no_102-2021_-_solicita_perfuracao_e_instalacao_de_pocos.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/540/requerimento_no_104-2021_-_solicita_providenciar_a_cobertura_do_espaco_de_estacionamento_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/541/requerimento_no_105-2021_-_solicita_climatizar_as_salas_de_aula_da_escola_municipal_professor_aprigio_e_da_creche_municipal.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/543/requerimento_no_106-2021_-_solicita_que_possa_designar_medico_veterinarios.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/544/requerimento_no_107-2021_-_solicita_programacao_destinada_a_realizacao_de_sessoes_itinerantes.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/547/requerimento_no_108-2021_-_solicita_um_vigilante_para_exercer_suas_atividades_no_local_conhecido_por_o_lindolfao.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/557/requerimento_no_109-2021_-_solicita_construcao_de_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/560/requerimento_no_110-2021_-_solicita_parceria_com_a_emater.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/563/requerimento_no_111-2021_-_solicita_implantacao_de_aulas_voltadas_especificamente_para_os_jovens_e_adultos.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/564/requerimento_no_112-2021_-_solicita_aquisicao_de_equipamentos_denominado_bomba_de_infusao.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/567/requerimento_no_113-2021_-_solicita_disponibilize_semanalmente_um_transporte_para_as_pessoas_das_comunidades_rurais_tuiuiu_e_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/568/requerimento_no_114-2021_-_solicita_que_a_camara_institua_oficialmente_a_logomarca_da_escola_legislativa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/570/requerimento_no_115-2021_-_solicita_reativacao_no_fucionamento_das_brinquedotecas_nas_comunidades_rurais.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/571/requerimento_no_116-2021_-_solicita_construcao_de_barreiros_e_pequenos_acudes.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/572/requerimento_no_117-2021_-_solicita_servico_de_reforma_no_imovel_onde_fuciona_a_creche_jose_bezerra_da_luz.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/575/requerimento_no_118-2021_-_solicita_reabertura_da_sala_de_jogos_do_ginasio_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/576/requerimento_no_119-2021_-_solicita_aquisicao_de_parque_insfantil_a_ser_instalado_no_balneario_publico.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/577/requerimento_no_120-2021_-_solicita_perfuracao_de_pocos.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/578/requerimento_no_121-2021_-_solicita_inserido_wifi_brasil.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/579/requerimento_no_122-2021_-_solicita_atendimento_medico_das_diversas_especializacoes.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_no_123-2021_-_solicita_aquisicao_de_equipamentos_computadore_e_impressoraras_para_unidades_de_saude_das_comunidades_rurais.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/581/requerimento_no_124-2021_-_solicita_inclusao_no_programa_denominado_linda.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/548/requerimento_no_125-2021_-_solicita_transporte_de_silagem_para_os_agricultores_do_municipio_de_santana_do_serido.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/550/requerimento_no_126-2021_-_solicita_restabelecidas_as_aulas_de_jiu-jitsu.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/551/requerimento_no_127-2021_-_solicita_colocacao_de_coletores_de_lixo_fixos.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/553/requerimento_no_128-2021_-_solicita_aquisicao_de_um_veiculo_para_a_secretaria_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/555/requerimento_no_129-2021_-_solicita_reforma_na_escola_comunidade_rural_verdes.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/559/requerimento_no_131-2021_-_solicita_a_celebracao_de_casamento_civil_comunitario.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/561/requerimento_no_132-2021_-_solicita_providencias_com_o_maquinario_que_realiza_o_servico_de_conserto_de_vazamento_existente_no_conhemento_acude_de_pereira.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/562/requerimento_no_132-2021_-_solicita_requer_urgencia_no_projeto_de_resolucao_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/565/requerimento_no_134-2021_-_solicita_providenciar_para_destinar_e_instalar_um_computador_acoplado_com_impressora_na_rede_da_banda_musical.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/566/requerimento_no_133-2021_-_solicita_convenio_objetivo_realizar_programa_justica_e_escola.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/569/requerimento_no_136-2021_-_solicita_urgencia_no_projeto_de_lei_no_04-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/573/requerimento_no_137-2021_-_solicita_colocar_recipientes_coletores_de_lixo_em_pontos_estrategicos_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/574/requerimento_no_136-2021_-_solicita_aquisicao_de_ventiladores_a_serem_destinados_para_uso_na_unidade_de_saude.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/118/mocao_de_pesar_no_01-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/140/mocao_de_pesar_no_06-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/145/mocao_de_pesar_no_05-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/151/mocao_de_pesar_no_08-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/160/mocao_de_apoio_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/174/mocao_de_pesar_no_10-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/190/mocao_de_pesar_no_12-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/196/mocao_de_pesar_no_13-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/215/mocao_de_pesar_no_15-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/1/portaria_01.2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/2/portaria_02.2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/3/portaria_03.2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/4/portaria_04.2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/6/portaria_de_diaria_01.2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/7/portaria_de_diaria_02.2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/18/portaria_de_diaria_03.2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/19/portaria_no_06-2021_-_exonerar_rita_de_cassia_morais_santos.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/20/portaria_no_06d-2021_-_autoriza_sr_flavio_azevedo_de_macedo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/21/portaria_no_07-2021_-_designar_juliane_enedina_da_silva_rufino.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/22/portaria_no_08-2021_-_concede_assiduidade_a_lucicleia_garcia_dantas_de_sena.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/23/portaria_no_08d-2021_-_autoriza_sra_alanna_alexandre_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/24/portaria_no_09-2021_-_autoriza_ricardo_jose_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/25/portaria_no_09-2021_-_nomear_comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/26/portaria_no_10-2021_-_nomear_pregoeiro_sr_almir_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/27/portaria_no_10d-2021_-_autoriza_viagem_a_sra_maria_das_vitorias_de_macedo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/28/portaria_no_11-2021_-_estabelece_procedimento_preventivos_relacionados_ao_covid-19.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/29/portaria_no_11-2021_-_suspende_expediente.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/30/portaria_no_11d-2021_-_autoriza_sr_flavio_azevedo_de_macedo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/31/portaria_no_12-2021_-_concede_gozo_de_ferias_a_edmilson_almeida_da_silva.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/32/portaria_no_12d-2021_-_autoriza_viagem_ao_sr_flavio_azevedo_de_macedo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/33/portaria_no_13-2021_-_autoriza_o_sr_edmilson_almeida_da_silva.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/34/portaria_no_14-2021_-_autoriza_sra_maria_eufrasia_farias_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/85/portaria_no_14-2021_-_concede_gozo_de_ferias.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/86/portaria_no_14-2021_-_suspensao_das_atividades_legislativas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/87/portaria_no_15-2021_-_retomada_das_sessoes_e_demais_atividades_legislativa.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/88/portaria_no_15d-2021_-_autoriza_edmilson_almeida_da_silva.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/89/portaria_no_16-2021_-_concede_gozo_de_farias_a_lucicleia_garcia_dantas_de_sena.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/90/portaria_no_17-2021_-_suspende_expediente.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/91/portaria_no_18-2021_-_suspensao_das_atividades.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/92/portaria_no_19-2021_-_exonerar_lucicleia_garcia_dantas_de_sena_2.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/94/portaria_no_03-2020_-_designa_gerenciador_do_portal_do_gestor_tce_rn.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/316/001_-_dispoe_sobre_autorizacao_para_formalizacao_e_implementacao_de_convenios.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/325/001_-_dispoe_sobre_a_jordana_de_trabalho_dos_servidors_publicos_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/338/003_-_proibe_vender_ou_permutar_imoveis_de_prog._habitacionais.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/350/005_-_dispoe_sobre_o_plano_plurianual_para_os_exercicios_2022_a_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/364/006_-_dispoe_sobre_a_elaboracao_da_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/373/012_-_dispoe_a_criacao_do_programa_social_cidadao_santanense.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoserido.rn.leg.br/media/sapl/public/materialegislativa/2021/389/013_-_estima_a_receita_e_fixa_a_despesa_para_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H189"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="234.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="233.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>