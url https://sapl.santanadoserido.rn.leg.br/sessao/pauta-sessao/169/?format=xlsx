--- v0 (2025-12-19)
+++ v1 (2026-02-04)
@@ -75,51 +75,51 @@
   <si>
     <t>Modifica a redação do Art. 1º da Lei Municipal nº 012/2009, que institui o dia do Evangélico no município de Santana do Seridó.</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 1 de 2025</t>
   </si>
   <si>
     <t>Fernandinha,Flávio,Toinho de Zé Estuque</t>
   </si>
   <si>
     <t>EMENDA Nº 01 AO PROJETO DE LEI Nº 019/2025, QUE DISPÕE SOBRE A PROIBIÇÃO DE ANIMAIS DE MÉDIO E GRANDE PORTE EM VIAS E ESPAÇOS PÚBLICOS DO PERÍMETRO URBANO DO MUNICÍPIO DE SANTANA DO SERIDÓ.</t>
   </si>
   <si>
     <t>Recebido</t>
   </si>
   <si>
     <t>Requerimento nº 135 de 2025</t>
   </si>
   <si>
     <t>Bruno</t>
   </si>
   <si>
     <t>Que a administração municipal providencie a contratação de carro-pipa, para atendimento emergencial e garantir o abastecimento de água nas comunidades rurais Tuiuiú e Espírito Santo, devido a escassez das chuvas</t>
   </si>
   <si>
-    <t>Ordem do Dia</t>
+    <t>Apresentação e Votação</t>
   </si>
   <si>
     <t>Requerimento nº 136 de 2025</t>
   </si>
   <si>
     <t>Bruno,Flávio</t>
   </si>
   <si>
     <t>Que seja mantido o transporte de silagem para os agricultores do município de Santana do Seridó.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>